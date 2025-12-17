--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251017CWCQ</w:t>
+              <w:t xml:space="preserve">WZ-20251208CWCQ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -348,98 +348,98 @@
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 重庆 CZ2340 / 18:15-21:00
                 <w:br/>
                 重庆 - 广州 CZ2325 / 20:55-23:15
                 <w:br/>
                 <w:br/>
-                仅供参考，航班时间以实际出票为准。不含税，报名收取。
+                仅供参考，航班时间以实际出票为准。不含燃油税，报名收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【便利交通】广州直飞重庆，早对晚玩足五天，深度重庆，网红景点一次尽览；
+                ★【便利交通】广州直飞重庆，深度重庆，网红景点一次尽览；
                 <w:br/>
                 ★【优选行程】科学设计行程，每天行车不超3小时，拒绝走马观花式游览； 
                 <w:br/>
                 ★【精选景点】精华5A景点仙女山+天生三桥+816核工程；
                 <w:br/>
                 ★【乘船体验】乘坐画舫游船，领略乌江美景，体会“船在水中走，人在画中游”；
                 <w:br/>
                 ★【打卡必地】网红景点洪崖洞、解放碑、李子坝、磁器口、山城巷等；
                 <w:br/>
                 ★【特色美食】武隆砂锅宴+武陵山珍宴+武隆养生土鸡煲；
                 <w:br/>
                 ★【精心挑选】全程安排精选酒店,2晚入住重庆,充足时间游览；
                 <w:br/>
                 ★【纯玩尊享】广东成团！真纯玩 0购物/0擦边/0车销/0餐购/0套路；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -740,57 +740,57 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 武隆--天生三桥--仙女山
                 <w:br/>
                 酒店用早餐。
                 <w:br/>
                 游览：张艺谋影片《黄金甲》唯一外景地、国家AAAAA级景区、世界自然遗产地、世界上最大天生桥群、世界第二大天坑群【天生三桥风景区】（必消套餐含门票和电梯/环保车；不含出口电瓶车15元/人，非必须乘坐自愿选择）景区由天龙桥、青龙桥、黑龙桥组成；沿着幽静的小道来到大桥下，便会对雄伟、壮观有了更深的理解，惊叹造物的神奇。其中天生桥、飞崖走壁、擎天一柱、翁驱送归等景点更为引人入胜；还可亲临拍摄地、观看投资200万修建的唐朝古驿站, 好莱坞科幻电影《变形金刚4》，其中最震慑的场景擎天柱化身了龙骑士，骑着机器恐龙小队的喽罗霸王龙“钢锁”挥剑露脸——这个场景就在重庆武隆天生山桥景区进行航空取景拍摄。 
                 <w:br/>
-                游览：被誉为“东方瑞士”“南国第一牧场”【仙女山国家深林公园】（必消套餐含大门票，未含小火车25元/人，非必须乘坐自愿选择），平均海拔1900米，是国家5A级景 区。因山上有一峰酷似翩跹起舞的仙女而得名。林海、奇峰、草场、雪原称为四绝。登峰远眺仙女山山原地貌，起伏而又不失平坦；茫茫林海，苍翠欲滴；山林间的 辽阔草场，延绵天际。山峰、山谷、森林与草原融为一体，交相辉映，景观层次分明，形成具有雄、峻、秀、奇、阔的地质地貌特色，完毕后入住酒店。
+                游览：被誉为“东方瑞士”“南国第一牧场”【仙女山国家深林公园】（必消套餐含大门票，未含小火车25元/人，非必须乘坐自愿选择；冬季滑雪费用自理），平均海拔1900米，是国家5A级景 区。因山上有一峰酷似翩跹起舞的仙女而得名。林海、奇峰、草场、雪原称为四绝。登峰远眺仙女山山原地貌，起伏而又不失平坦；茫茫林海，苍翠欲滴；山林间的 辽阔草场，延绵天际。山峰、山谷、森林与草原融为一体，交相辉映，景观层次分明，形成具有雄、峻、秀、奇、阔的地质地貌特色，完毕后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【天生三桥风景区】、【仙女山国家深林公园】
                 <w:br/>
-                自费项：必消套餐含：【天生三桥风景区】含门票和电梯/环保车+【仙女山国家深林公园】门票，不含：【天生三桥风景区】出口电瓶车15元/人、【仙女山国家深林公园】小火车25元/人
+                自费项：必消套餐含：【天生三桥风景区】含门票和电梯/环保车+【仙女山国家深林公园】门票，不含：【天生三桥风景区】出口电瓶车15元/人、【仙女山国家深林公园】小火车25元/人，滑雪费用自理
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1700,51 +1700,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">仙女山小火车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">（自愿选择）</w:t>
+              <w:t xml:space="preserve">（自愿选择）；冬季滑雪费用自理</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -2177,51 +2177,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>