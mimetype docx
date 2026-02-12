--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20260112QBSUW</w:t>
+              <w:t xml:space="preserve">AA20260316QBSUW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -622,51 +622,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳
                 <w:br/>
-                23：00 深圳宝安机场集合，办理登机手续。
+                22：00 深圳宝安机场集合，办理登机手续。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -891,53 +891,57 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 麦纳麦（巴林 ）- 利雅得（沙特）
                 <w:br/>
                 酒店早餐后入内参观【阿法塔赫清真寺】（入内参观约1小时，如遇周五祷告日或特殊仪式等则改为外观）（Al Fateh)，是巴林王国最大的清真寺，占地6500方米，能够容纳7000多个参拜者。
                 <w:br/>
                 前往参观【巴林堡】（入内参观约30分钟）；为世界文化遗产，它于巴林岛北岸，是17世纪的海防要塞。登临堡顶，视野可尽览碧蓝海湾与古城风貌，石墙间仍留有昔日的军事痕迹与历史气息。它不仅是一座防御工事，更是巴林海洋文明的重要见证。
                 <w:br/>
                 乘车前往沙特首都利雅得（ 车程约5.5小时，不含过关时间），途中午餐
                 <w:br/>
-                前往【利雅得林荫大道】(自由参观约40分钟），是沙特阿拉伯首都利雅得的大型文旅综合体，集各国文化展示、娱乐设施和休闲购物于一体，被誉为“沙特地标级游乐天堂。
-[...1 lines deleted...]
-                晚餐后，入住酒店休息
+                前往【利雅得林荫大道】(自由参观约40分钟），是沙特阿拉伯首都利雅得的大型文旅综合体，集各国文化展示、娱乐设施和休闲购物于一体，被誉为“沙特地标级游乐天堂。
+                <w:br/>
+                晚餐后，入住酒店休息。
+                <w:br/>
+                行程说明：因沙特阿拉伯当地景点开放周期和时间影响，利雅得景点顺序会因开关门时间，在不减少景点的前提下，会根 
+                <w:br/>
+                据当天实际情况调整行程顺序，以实际安排为准，不接受因行程顺序调整的投诉，请提前知晓，谢谢您的理解和支持！
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地简餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -981,51 +985,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 利雅得（沙特）
                 <w:br/>
                 酒店早餐后，自行休息后前往打卡【世界最大的100%咖啡工坊】（约20分钟，如需品尝，费用自理），纯白极简风，现烘精品豆，利雅得艺术打卡地
                 <w:br/>
                 午餐后前往德拉伊耶图拉伊夫遗址区（参观约1小时）位于沙特阿拉伯的一处世界文化遗产，这里孕育了沙特王朝的第一代政权，是一座重要的历史古城，也见证了沙特王国历史上最为宏大的一次变革，德拉伊耶古城毗邻利雅得郊区，是哈尼法谷地的河水孕育了这里的绿洲。砖泥结构的城墙之中，曾经是沙漠中一座欣欣向荣的城市，是商业重镇和文化要地。图拉伊夫是古城的主要城区，区内的城塞尤为醒目，沙特政权便发源于此。1727 年，沙特家族建都此地，为后来统一沙特阿拉伯奠定了基础。 
                 <w:br/>
                 前往马斯马克堡垒（入内参观 约30分钟），建立于1865年，在阿拉伯文中是“又高又厚的建筑物”的意思，这个名字对于这个坚固的堡垒来说是最适合不过的了。它的城墙有18英寸厚，在每个拐角处都建一个18米高的巨大了望塔，强调了它难以攻破的反抗力和稳定性。
                 <w:br/>
                 前往【沙特国家博物馆】（入内参观 约1小时 ）坐落于特点鲜明的现代主义建筑和郁郁葱葱的花园之中，是阿卜杜拉国王历史中心的重要部分。馆内藏有沙特各个历史阶段的重要文物，从新石器时代的石刻，到吉达古旧建筑的复制品，带领游客走进阿拉伯世界的历史，体验一次神奇的互动之旅。
                 <w:br/>
                 前往穆拉巴宫（入内参观约30分钟，穆拉巴宫为王室景点，如遇王室活动，临时征用，将改为外观）根据当时城市的发展和扩张，穆拉巴宫建立在在距离老利雅得两公里的地方，宫殿和它的周围是一个包含几座建筑物的微型城市，国王于 1939 年搬到那里居住，作为他和家人的住所，治理和处理国家事务的地方，并且在这里接待世界各国的统治者和国家元首。宫殿的特点是四面围墙的方形建筑因此又称四方宫，代表和体现了当地社区的性质，保留了房屋的隐私。
                 <w:br/>
-                前往国王中心 &amp; 登顶天空桥（参观约60分钟 天空桥观景台开放时间为12:00-23:00，周五开放时间为16:00-23:00），王国中心是一座立于沙特阿拉伯利雅德的摩天大楼，共41层、302.3米高。2002年完工时超越费萨利雅中心成为沙特阿拉伯第一高楼，当之无愧的沙特地标之一，也是到访利雅得必去的打卡点。拥有无与伦比的世界级景点和众多精选的本土或国际品牌零售。位于王国中心的99层，300米高的塔顶，全长65米，由一座重约300吨的钢结构组成，可以俯瞰整个利雅得，一览壮阔的天际线。
+                前往费萨尔塔（参观约1小时），作为沙特首座摩天大楼，高空设有露天观景台，搭乘高速电梯仅需 25 秒，即可抵达观景层，此处与国王中心隔空相望，夜幕降临时能清晰捕捉天空桥区域的璀璨灯光。每位登塔游客可在塔内咖啡区免费品尝特色阿拉伯咖啡一杯）
                 <w:br/>
                 晚餐后，入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：NAJD当地特色餐   </w:t>
             </w:r>
           </w:p>
@@ -1580,64 +1584,61 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
                 <w:br/>
                 2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
                 <w:br/>
                 3.旅游意外伤害保险。
                 <w:br/>
                 4.如行李或物品丢失、被盗等意外损失费用。
                 <w:br/>
                 5.晚用车，给司机和导游加班费用。
                 <w:br/>
                 6.以上报价未提及的项目。
                 <w:br/>
-                7.境外司机导游小费：RMB1500/人（请出团前与团款一起付清）；
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
                 1.单人房附加费：4500元/人。
                 <w:br/>
                 2.11岁以下小孩不占床减1000元，11岁及以上小孩必须占床，占床跟大人同价
                 <w:br/>
-                3.境外司机导游小费：RMB1500/人（请出团前与团款一起付清）；
-[...3 lines deleted...]
-                人（请出团前与团款一起付清）；
+                3.境外司机导游服务费：RMB1500/人；
+                <w:br/>
+                4.国内联运费用:平日RMB600/人；春节五一团期（2月16，4月27出发）RMB1000/人；
                 <w:br/>
                 5.境外特色项目（行程后附）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2012,51 +2013,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>