--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【秋拾光】韩国首尔仁川5天|韩版拉斯维加斯|松月洞童话村|仁川中华街|三清洞|圣水洞|首尔周边四钻酒店（深圳往返）行程单</w:t>
+        <w:t xml:space="preserve">【春拾光韩遇三城】韩国首尔春川仁川5天|南山公园|明洞步行街|仁川中华街|小法国村|南怡岛|周边网评四钻酒店（深圳往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SZ-（QSG）KR5-SJTKR</w:t>
+              <w:t xml:space="preserve">SZ-（CSG）KR5-SJTKR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,63 +390,65 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色
                 <w:br/>
-                ☆深圳直飞韩国・双飞五天浪漫游
-[...1 lines deleted...]
-                ☆沉醉枫叶之约：首尔大公园、景福宫，在韩国最美的赏枫季，踏入层林尽染的世界。
+                ☆深圳直飞韩国・双飞五天首尔春川仁川，三城时光
+                <w:br/>
+                ☆打卡韩剧同款浪漫：南怡岛、小法国村，秒变剧中人
                 <w:br/>
                 ☆韩版拉斯维加斯：Mohegan INSPIRE度假城，感受视觉与听觉的双重震撼体验
                 <w:br/>
-                ☆打卡韩式同款浪漫：《鬼怪》取景地德寿宫石墙路，秒变剧中人
-[...1 lines deleted...]
-                ☆品味韩式美食：明伦进士烤肉、人参炖鸡 将正宗韩式美味一网打尽
+                ☆打卡经典景点：景福宫、青瓦台（外观）、南山公园+N首尔塔（不登塔）、明洞步行街
+                <w:br/>
+                ☆品味韩式美食：明伦进士烤肉、韩式海鲜锅、韩式嫩豆腐汤、人参鸡汤、春川鸡排 
+                <w:br/>
+                ☆《Running Man》同款：江村铁轨自行车
+                <w:br/>
+                ☆特别安排：穿着韩服游景福宫、韩国人气必看--乱打秀/涂鸦秀、炸酱面博物馆
                 <w:br/>
                 ☆尽享品质住宿：全程入住网评四钻酒店，享受舒适休憩空间
-                <w:br/>
-                ☆打卡潮流地标：明洞步行街、圣水洞、三清洞，全方位感受韩国的时尚与活力
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,401 +565,405 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【深圳-首尔】(参考航班:起飞/-抵达/)出票为准;韩版拉斯维加斯 Mohegan INSPIRE 、松月洞童话村-仁川中华街
-[...7 lines deleted...]
-                前往【仁川中华街】（游览时间约90min）唐人街不仅是华侨的聚居地，更是中华文化在异国他乡的缩影。
+                【深圳-首尔】(参考航班:起飞/-抵达/)出票为准;抵达后接机
+                <w:br/>
+                请于指定时间自行前往深圳机场集中（具体集中时间以短讯通知为准，请务必准时），领队协助办理登机手续后，乘坐国际航班飞往韩国首尔，开启韩遇三城游。抵达后由韩国导游接机.
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：韩版拉斯维加斯 Mohegan INSPIRE，松月洞童话村，仁川中华街
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔】 景福宫（枫叶）-德寿宫石墙路（枫叶）-青瓦台外观-首尔大公园（枫叶）-韩国文化体验馆+紫菜博物馆+试穿韩服-明洞
+                【首尔】 青瓦台（外观）-光化门广场-景福宫＋传统韩服体验-南山公园+N首尔塔（不登塔）-明洞步行街-涂鸦秀/乱打秀
                 <w:br/>
                 早餐后
                 <w:br/>
-                前往【景福宫】（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。秋季，古老的宫殿在秋季的映衬下更加庄重静谧，金黄的银杏与红亮的枫叶交相辉映，构成了一幅动人心韵的画卷。
-[...2 lines deleted...]
-                <w:br/>
                 前往【青瓦台外观】（游览时间约20min）青瓦台，曾是韩国的总统府。2022年韩国总统府迁往国防部大楼后，这里成了首尔必游的旅游景点。
                 <w:br/>
-                前往【首尔大公园】（游览时间约120min）首尔大公园以其宽阔的绿地和丰富的植被而著称，秋天的这里更是色彩斑斓，从动物园坐缆车下山，美景一览无余。
-[...1 lines deleted...]
-                前往【韩国文化体验馆+紫菜博物馆+试穿韩服】（游览时间约60分钟）
+                前往【光化门广场】（游览时间约30min）韩国历史上最伟大的门楼建筑之一。光化门的3个拱门中以中间的最为雄伟，天花板上画着朱雀，为历史上供王通行的宫门！
+                <w:br/>
+                【景福宫＋传统韩服体验2小时】穿着韩服漫步景福宫古韵长廊，景福宫经过历史洪流数百年的冲洗，现为首尔国立民俗博物馆和韩国国立古宫博物院的所在地，向世人展示朝鲜历史的风采。注1 
+                <w:br/>
+                参观【南山公园+N首尔塔（不登塔）】（游览时间约40min）N首尔塔也叫南山塔，位于海拔约240米的南山之巅，高200多米，是首尔的一大地标。在N首尔塔，数字化的观景台、屋顶露台、及各种餐厅等一应俱全，还可360度俯瞰首尔风光，不仅是韩国人约会的天堂，也是外国游客的旅游胜地；
+                <w:br/>
                 <w:br/>
                 前往【明洞步行街】（游览时间约90min）是韩国首尔中区的一个购物街区，是韩国的代表性时尚购物场所。深度感受韩剧的热闹与烟火气！！
                 <w:br/>
+                   观看【涂鸦秀/乱打秀】来首尔不可错过的体验！明洞剧场每天上演的厨房大战，用锅碗瓢盆当乐器，把切菜做饭玩成杂技，全程高能无尿点！
+                <w:br/>
+                <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：景福宫（枫叶）-德寿宫石墙路（枫叶）-青瓦台外观-首尔大公园（枫叶）-韩国文化体验馆+紫菜博物馆+试穿韩服-明洞
+                注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
+                <w:br/>
+                景点：青瓦台（外观）-光化门广场-景福宫＋传统韩服体验-南山公园+N首尔塔（不登塔）-明洞步行街-涂鸦秀/乱打秀
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：明伦进士烤肉     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：韩式嫩豆腐汤     晚餐：明伦进士烤肉   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔】三清洞-人参-护肝宝-化妆品-免税店-圣水洞
-[...13 lines deleted...]
-                前往【圣水洞】（游览时间约60min）（这里曾是老工厂区，如今摇身一变，成为韩国年轻人最爱的潮流圣地——设计师品牌、工业风咖啡厅、艺术空间、小众买手店……每一家店都值得打卡！
+                【首尔-春川】江村铁轨自行车-南怡岛-小法国村-广藏市场
+                <w:br/>
+                早餐后
+                <w:br/>
+                参观【江村铁轨自行车】《Running Man》同款江村轨道自行车，骑上2-4人座单车穿梭8.2公里旧铁轨，田园风光、主题灯光隧道一路相伴
+                <w:br/>
+                参观【南怡岛】（包入场及来回小渡轮船，游览时间约1.5小时）。因热门韩剧《冬季恋歌》而名声大噪的南怡岛，距首尔约1个半小时左右车程，是韩国人周末度假经常会去的地方。南怡岛一年四季景色宜人，春日的暖风吹拂过韩国北汉江，为南怡岛带来一片生机盎然的景象，在风景如画的南怡岛春游踏青，也是别一番景象。岛上凡是能听到音乐的地方都在放《冬季恋歌》里面的歌曲。在这座美丽又神秘的小岛上建立起的“南怡共和国”是世界上面积大的想象国度，进入这个“国家”并不需要办理特别的入境手续，你只要在加平的南怡岛码头买票登船来到对岸，你就算真正进入了“共和国”的领域。
+                <w:br/>
+                参观【小法国村】（游览时间约40min）小法兰西是韩国少有的法国文化主题公园，也是位于韩国国内的法国文化村
+                <w:br/>
+                前往【广藏市场】（游览时间约60min）感受韩国人间烟火气，生章鱼、紫菜包饭、辣炒年糕等应有尽有
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：三清洞-人参-护肝宝-化妆品-免税店-圣水洞
+                景点：江村铁轨自行车-南怡岛-小法国村-广藏市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参炖鸡     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：春川铁板鸡排     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔自由活动】本日无车无导，自由活动
-[...3 lines deleted...]
-                景点：首尔自由活动
+                【首尔-仁川】国际免税店-inspire 度假村灯光秀-月尾岛（含船票）-仁川中华街-拉面博物馆
+                <w:br/>
+                早餐后，
+                <w:br/>
+                  参观【国际免税店】（游览时间约90分钟）
+                <w:br/>
+                参观【inspire 度假村灯光秀】（游览时间约60min）感受抬头即震撼！INSPIRE度假城「天空巨幕」把银河、深海、奇幻森林搬到了天花板！有150米长的沉浸式娱乐街区极光道，从早上8点半到凌晨0点，都有不间断的主题表演，真的是视觉与听觉的双重震撼体验！
+                <w:br/>
+                参观【月尾岛（含船票）】月尾岛是一个集自然美景、历史文化和现代娱乐于一体的旅游胜地，适合各种类型的游客前来参观和体验。还可以体验喂海鸥的乐趣
+                <w:br/>
+                参观【仁川中华街】（游览时间约60min）唐人街不仅是华侨的聚居地，更是中华文化在异国他乡的缩影。
+                <w:br/>
+                参观【炸酱面博物馆】这家博物馆位于仁川中国城，于1908年至1983年，由一家名为“共和春” 著名炸酱面店改造而建成。各种炸酱面包装按照年代顺序展示，你可以一目了然地了解炸酱面的历史。博物馆各处都有拍照区，你可以以炸酱面为主题背景，拍照打卡，留下终生难忘的记忆。
+                <w:br/>
+                后入住酒店。
+                <w:br/>
+                景点：国际免税店-inspire 度假村灯光秀-月尾岛（含船票）-仁川中华街-拉面博物馆
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参鸡汤     晚餐：韩式海鲜锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【首尔-深圳】根据航班时间送机 （参考航班：以最终实际出票为准）
                 <w:br/>
-                早餐后，前往仁川机场乘机返回深圳机场，散团，结束首尔秋拾光之旅。
+                早餐后，前往仁川机场乘机返回深圳机场，散团，结束韩遇三城之旅。
                 <w:br/>
                 <w:br/>
                 备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
                 <w:br/>
                 【温馨提示】行程即将结束请认真填写意见反馈单，我们处理问题以意见反馈单内容填写为准，恕不处理意见单填写满意后回团提出的问题。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -1030,51 +1036,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.往返机票，现时机税及燃油附加费；韩国团队签证费用；
                 <w:br/>
                 2.澳门关闸到澳门机场旅游车（往返接送，仅限澳门出发）；
                 <w:br/>
-                3.住宿全程韩国周边四钻酒店 (以两人一房为标准，客人与领队是一个团队的整体，如出现单房差要补，根据旅游法规领队有权对房间安排做出适当调整，请谅解与遵从。)
+                3.住宿全程首尔周边网评四钻酒店 (以两人一房为标准，客人与领队是一个团队的整体，如出现单房差要补，根据旅游法规领队有权对房间安排做出适当调整，请谅解与遵从。)
                 <w:br/>
                 4.行程表所列的团队餐费（不含酒水）；（含早（根据情况安排酒店早或外用早）、正餐餐标韩元10000/人） 
                 <w:br/>
                 5.行程表内所列的景点入场费及全程旅游观光巴士(根据团队人数安排 9-45 座空调旅游车，保证每人 1 正座)
                 <w:br/>
                 6.中文领队及中文地接导游服务
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1084,1190 +1090,60 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.境外司陪人员杂费RMB500元/人/；
+                1.境外司陪人员杂费RMB600元/人/；
                 <w:br/>
                 2.个人旅游意外保险费和航空保险费、航空公司临时通知的燃油税涨幅，行程外之自费节目及私人所产生的个人费用等；
                 <w:br/>
                 3.单房差￥1280元/人，不设自然单间；每标间可接待两大人带一个1.2 米以下儿童（不占床），如超高请实询差价补房差入住家庭房；具体费用根据所报团队情况而定；若一个大人带一个1.2 米以下儿童参团，请补单房差住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 4.如战争、台风、罢工等一切不可抗拒因素所引致的额外费用；
                 <w:br/>
                 5.涉及人力不可抗力因素产生的额外费用(游客购物为个人自主行为，一切责任自行负责，与旅行社无关)。
               </w:t>
-            </w:r>
-[...1128 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">服务标准</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2334,51 +1210,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">团费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">境外司陪人员服务费RMB500元/人</w:t>
+              <w:t xml:space="preserve">境外司陪人员服务费RMB600元/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2413,74 +1289,127 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 特别须知：
                 <w:br/>
                 1.特别注意：持外籍护照报名游客，必须自备前往目的地国家有效签证，并必须有再次入中国境内的有效签证。持港澳护照（包括DI身份证明书）报名的客人，出发当天必须自带有效期回乡证原件。如因个人原因造成无法进出境，一切责任由客人自负！
                 <w:br/>
                 2.游：A.我司可以根据当地实际情况，在保证行程景点游览的前提下，对景点游览的先后顺序作合理的调整。
                 <w:br/>
                 具体的行程游览顺序将根据航班安排的首末站城市最终确定,并且以在出团说明会或出团前（集合地）派发的行程表为准。（或上述信息将于出发前1天由组团社领队电话或短信通知。）
                 <w:br/>
-                B.参加出境团队，需保证全程随团活动，保证遵守当地法律法规，全程不得离团（行程中的自由活动时间除外）。
-[...1 lines deleted...]
-                  根据《旅游法》第16条规定，包价出境旅游游客必须随团活动和出入国境，游客因自身原因擅自脱团，擅自脱团属违法行为，旅行社因此需要向旅游部门和驻外国领事馆报案处理，给旅行社产生不必要的人力服务成本等费用。游客擅自脱团造成合同履行终止，之后又要求变更恢复后续合同行程的，旅行社将按照《旅游法》第73条规定，向游客收取因此增加的费用800元/天。 
+                B..参加出境团队，需保证全程随团活动，保证遵守当地法律法规，全程不得离团（行程中的自由活动时间除外）。
+                <w:br/>
+                  根据《旅游法》第16条规定，包价出境旅游游客必须随团活动和出入国境，游客因自身原因擅自脱团，擅自脱团属违法行为，旅行社因此需要向旅游部门和驻外国领事馆报案处理，给旅行社产生不必要的人力服务成本等费用。 
                 <w:br/>
                 3.食：所搭乘航班根据不同航司安排是否供应。抵达旅游目的地的餐按行程所列餐次安排，早餐（早餐根据预定酒店安排酒店早餐或外用早餐），团餐标准10000韩元/人/正餐, 团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意；如因餐厅接待能力等原因无法用餐，我司有权调换到同等餐标的餐厅用餐。
                 <w:br/>
                 4.住：酒店安排每人每天一床位（同性别客人安排入住一间房（夫妻除外），如出现自然单间，会安排与同性导游或工作人员同住，敬请注意！若客人不接受此种方式或经协调最终不能安排的，客人须在出发前补单房差。
                 <w:br/>
                 1.酒店星级评定标准与国内酒店星级评定标准略有差别,行程中所住酒店星级均按当地酒店评定标准.
                 <w:br/>
-                5.按照酒店惯例，每标间可接待两大人带一个1.2 米以下儿童（不占床），具体费用根据所报团队情况而定；若一个大人带一个 1.2 米以下儿童参团，建议住一标间，以免给其他游客休息造成不便.
+                5.按照酒店惯例，每标间可接待两大人带一个1.2 米以下儿童（不占床），具体费用根据所报团队情况而定；若一个大人带一个 1.2 米以下儿童参团，建议补单房差住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 5.托运行李：每人一件免费托运行李，每件23公斤，手提行李7公斤。
                 <w:br/>
                 6. 特别提醒：A.在旅游行程中的自由活动时间，团友请选择自己能够控制风险的活动项目，并在自己能够控制风险的范围内活动。
                 <w:br/>
                 B.境外自由活动期间，如客人私下参加非我司安排的所有活动（特别是户外和水上活动安全、购物的品质、非法食用野生动物等等），所产生的任何后果与纠纷，由客人自负，敬请注意！
                 <w:br/>
                 C.旅途中所有自费购物项目，均以自愿为原则，不涉及我公司利益。（因当地购物市场并不规范，货品真假不能保证，敬请留意！）当地导游在旅游车上销售当地旅游纪念品，客人可根据自身需求自愿购买；
                 <w:br/>
                 7.不接受孕妇报名，如有隐瞒，产生意外，旅行社不承担责任。
                 <w:br/>
+                8.特别说明：韩国免税店属于开放式商业场所，并非旅行社同意组织的定点购物店。所有消费行为均遵循客人个人意愿，购买与否由客人自行决定。针对因“认为是旅行社安排购物店”而产生的投诉，我社不接受此类诉求，望各位客人提前知晓。
+                <w:br/>
+                关于失信人，请勿报名！国家最高人民法院公布的失信人禁止乘坐飞机！请报名前一定自行查询是否为失信人（全国法院失信被执行人名单信息公布与查询网站如下： http://shixin.court.gov.cn/index.html) ，我司机位为全款买断，失信人如有隐瞒造成空占机位，即使没有出票，机票费已经产生，取消只退税，此损失由报名人自行承担！
+                <w:br/>
                 <w:br/>
                 本产品供应商为：珠海航空国际旅行社有限公司，许可证号：L-GD-CJ00071，联系电话（座机）。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托珠海航空国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由珠海航空国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
+                <w:br/>
+                备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2741,51 +1670,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2929,108 +1858,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...56 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>