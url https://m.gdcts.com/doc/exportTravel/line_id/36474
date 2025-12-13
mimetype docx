--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -2722,51 +2722,51 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费； 
                 <w:br/>
                 2.乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国 B1/B2签证可免签阿根廷）、美国签证费、南美签证所需公证费；
                 <w:br/>
-                3.巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费920元，签证中心服务费68元，签证中心填表费: 2元: 邮寄费: 70元: 短信费: 18元，巴西签证费用合计为：1078元。
+                3.巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：920 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计为：为 1022.8 元。
                 <w:br/>
                 说明：持有效美国签证可免签阿根廷，秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年以上）； 
                 <w:br/>
                 4.国内段往返机票及地面交通； 
                 <w:br/>
                 5.获得签证后延期出发的游客，须按对应线路的退改政策收取少量更改费用，获得签证后取消参团的客人，须按对应线路的退改政策收取定金费用；
                 <w:br/>
                 6.全程司导服务费USD299/人，请现付我司领队
                 <w:br/>
                 7.额外游览用车超时费（导游和司机每天正常工作时间不超过10小时，如超时需加收超时费）； 
                 <w:br/>
                 8.行程中所列游览活动之外项目所需的费用； 
                 <w:br/>
                 9.单间差 CNY11050.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准； 
                 <w:br/>
                 10.在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的飞机餐)； 
                 <w:br/>
                 11.出入境行李的海关税、全程行李搬运费、保管费以及行李托运费； 
                 <w:br/>
                 12.客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费； 
                 <w:br/>
                 13.因个人原因滞留产生的一切费用； 
                 <w:br/>
                 14.因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。
                 <w:br/>
@@ -3550,81 +3550,79 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">保险信息</w:t>
+              <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴西	：北京、上海、广州都有领馆及签证中心，以实际预约提交为准（使领馆保留补充材料、召回面谈、现场签字的权利），不分领区，其它签证都要分领区送，以工作地来划分；
-[...9 lines deleted...]
-                秘鲁	：自2016年9月21日起，中国公民，持有效期6个月以上的美国、加拿大、英国、澳大利亚或申根签证的中国护照，或持有在这些国家和地区的长期居留权，可免签进入秘鲁进行旅游或商务活动，可一次停留180天或在六个月内总共停留180天！
+                巴西 ：北京、上海、广州都有领馆及签证中心，以实际预约提交为准（使领馆保留补充材料、召回面谈、现场签字的权利），不分领区，其它签证都要分领区送，以工作地来划分；大公务护照免签
+                <w:br/>
+                阿根廷 ：持普通护照的中华人民共和国公民，若持有有效的美国同类签证（旅游签证B1/B2），可免签入境阿根廷旅游。不符合上述条件者需在阿根廷使领事馆申请旅游签证。
+                <w:br/>
+                乌拉圭 ：凡持有有效期内的美国、加拿大和英国签证的中国公民，自 2017 年 6 月 1 日起将可以免签入境乌拉圭。即中国公民所持有护照有效期 6 个月以上，且签证有效期在一年以上，另持有上述三国签证有效期 18 个月以上的中国公民可以随时入境。陆路入境暂不施行。
+                <w:br/>
+                智利 ：中国护照持有 6 个月及以上有效美国或加拿大签证(过境签证除外)，单次停留时间最长不超过 90天）；持有美国绿卡可免签进入智利。
+                <w:br/>
+                秘鲁 ：自 2016 年 9 月 21 日起，中国公民，持有效期 6 个月以上的美国、加拿大、英国、澳大利亚或申根签证的中国护照，或持有在这些国家和地区的长期居留权，可免签进入秘鲁进行旅游或商务活动，可一次停留 180 天或在六个月内总共停留 180 天！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -3665,51 +3663,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>