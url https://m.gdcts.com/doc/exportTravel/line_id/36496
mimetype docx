--- v0 (2025-10-24)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【清远恒大温泉度假别墅】清远3天丨独享私家养生温泉丨欢乐麻将·家庭式影音 KTV行程单</w:t>
+        <w:t xml:space="preserve">【清远恒大别墅3天】入住清远度假别墅丨独享私家养生泡池丨欢乐麻将·家庭式影音 KTV 轰趴嗨翻天行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251023SP37256781</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318148A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -362,108 +362,103 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
                 09:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 10:00纪念堂地铁站地铁站C出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 番禺指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
-                <w:br/>
-[...3 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-[...3 lines deleted...]
-                ◆独享私家养生温泉泡池
+                ◆连住2晚清远度假别墅
+                <w:br/>
+                ◆独享私家养生泡池
                 <w:br/>
                 ◆畅享欢乐麻将，家庭式影音KTV
+                <w:br/>
+                ◆满10人起，赠送一只果木烧鸡
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -580,249 +575,255 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天:集中出发一午餐自理--入住恒大温泉度假别墅--晚餐自理。  自理：午餐  晚餐
+                集中出发一午餐自理--入住恒大福山别墅区--晚餐自理
                 <w:br/>
                 09:00-11:00 于指定各站点接载客人后，乘车抵达一清远市（此线路为直通车模式，与清远恒大酒店线路拼走）。
                 <w:br/>
                 11:30-12:30午餐自理。
                 <w:br/>
-                13:00前往入住恒大温泉度假别墅(晚餐自理，可自带食物，自带调料，别墅内有烤炉，厨房设备)，后自由活动:免费游山顶公园、畅玩游乐园。每套别墅可免费使用私人温泉池(含1池水)、欢唱KTV(使用时间:入住-22:00分结束)、全自助麻将机(一台)、厨房设备、电烧烤炉等(食物自带)。入住独栋别墅，五千亩生态大盘内绿植环绕，清新空气取之不尽，惬意自在一大群人轰趴爽歪歪，无人打扰足不出户，私享温泉泡池无人工处理真温泉，随时来泡别墅内温泉入户，绿植周边尽是晚上泡一泡，微风微扬，享受惬意假期 
-[...1 lines deleted...]
-                !!温馨提示:恒大别墅每套别墅房型均不一样，4 房7床至到 11 房 20 床，当天由别墅管家统一分配，不能自选房型，卫生间有公共卫生间或者独立卫生间，房型不指定，保证1人1床位。
+                13:00前往入住恒大福山度假别墅区(晚餐自理，可自带食物，自带调料，别墅内有烤炉，厨房设备)，后自由活动:免费游山顶公园、畅玩游乐园。每套别墅可免费使用私人温泉池(含1池水)、欢唱KTV(使用时间:入住-22:00分结束)、全自助麻将机(一台)、厨房设备、电烧烤炉等(食物自带)。入住独栋别墅，五千亩生态大盘内绿植环绕，清新空气取之不尽，惬意自在一大群人轰趴爽歪歪，无人打扰足不出户，私享温泉泡池无人工处理真温泉，随时来泡别墅内温泉入户，绿植周边尽是晚上泡一泡，微风微扬，享受惬意假期 
+                <w:br/>
+                !!温馨提示:别墅每套别墅房型均不一样，4 房7床至到 11 房 20 床，当天由别墅管家统一分配，不能自选房型，卫生间有公共卫生间或者独立卫生间，房型不指定，保证1人1床位。
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">清远恒大别墅</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                Day2:简易早餐一恒大温泉别墅内自由活动(私人温泉池、KTV、全自助麻将机)  含：早餐     自理：午餐  晚餐
+                简易早餐一别墅内自由活动(私人温泉池、KTV、全自助麻将机)
                 <w:br/>
                 08:00-09:00 别墅内享用简易早餐。
                 <w:br/>
-                09:30 全天酒店自由活动，免费游山顶公园、畅玩游乐园。每套别墅可免费使用私人温泉池(含1池水)、欢唱KTV(使用时间:入住-22:00分结束)、全自助麻将机(一台)、厨房设备、申烧烤炉等(食物自带)。入住独栋别墅，五千亩生态大盘内绿植环绕，清新空气取之不尽，惬意自在 一大群人轰趴爽歪歪，无人打扰~足不 出户，私享温泉泡池无人工处理真温泉，随时来泡别墅内温泉入户 ，绿植周边尽是晚上泡一泡，微风微扬，享受惬意假期。
+                09:30 全天别墅内自由活动，免费游山顶公园、畅玩游乐园。每套别墅可免费使用私人温泉池(含1池水)、欢唱KTV(使用时间:入住-22:00分结束)、全自助麻将机(一台)、厨房设备、申烧烤炉等(食物自带)。入住独栋别墅，五千亩生态大盘内绿植环绕，清新空气取之不尽，惬意自在 一大群人轰趴爽歪歪，无人打扰~足不 出户，私享温泉泡池无人工处理真温泉，随时来泡别墅内温泉入户 ，绿植周边尽是晚上泡一泡，微风微扬，享受惬意假期。
                 <w:br/>
                 午餐、晚餐自理（提供餐厅电话，可让餐厅安排接驳车到店用餐）
                 <w:br/>
-                 !!温馨提示:恒大别墅每套别墅房型均不一样，4房7床至到 11 房 20 床，当天由别墅管家统一分配，不能白选房型，卫生间有公共卫生间或者独立卫生间，房型不指定，保证1 人1床位。
+                 !!温馨提示:别墅每套别墅房型均不一样，4房7床至到 11 房 20 床，当天由别墅管家统一分配，不能白选房型，卫生间有公共卫生间或者独立卫生间，房型不指定，保证1 人1床位。
+                <w:br/>
+                交通：无
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">清远恒大别墅</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                Day3:简易早餐-自由活动-午餐自理-返程 含：早餐    自理：午餐
+                简易早餐-自由活动-午餐自理-返程
                 <w:br/>
                 08:00-09:00 别墅享用简易早餐。
                 <w:br/>
                 09:30-11:00 自由活动，退房。
                 <w:br/>
                 11:30-12:30 午餐自理。
                 <w:br/>
                 下午约13:00~15：00集合（因交通管制或路况或接送其他酒店的客人或其他原因，回程时间请以工作人员实际通知为准）
                 <w:br/>
                 乘车返程广州，结束愉快行程回到自己温馨的家！结束三天快乐放松的旅程！
                 <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
                 由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -867,57 +868,75 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                成人价格：168元/人
+                <w:br/>
+                1.2米以下：120元/人(仅含车位，早餐自理)
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                三人房：无（酒店无三人房，单人需补房差）
+                <w:br/>
+                补房差：120元/人/2晚
+                <w:br/>
+                减房差：放弃床位不设退房差 
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                费用包含：
+                <w:br/>
                 交通：按实际参团人数安排空调旅游巴士一人一正座
                 <w:br/>
                 入住：清远恒大别墅，保证一人一次床位，不指定房型（如出现单男单女需要独立一间房，且团友无法协调时，需补房差）  
                 <w:br/>
                 用餐：含2简易早餐
                 <w:br/>
-                导游：含优秀导游服务(仅含出发当天及回程当天导游，敬请注意)
+                导游：含优秀导游服务(仅含出发当天及回程当天导游，敬请注意
                 <w:br/>
                 保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -997,51 +1016,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1172,51 +1191,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>