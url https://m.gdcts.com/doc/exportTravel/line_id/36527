--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春节【畅玩全新“广东千古情”】佛山1天丨看大型歌舞·亲子出游享尽天伦之乐行程单</w:t>
+        <w:t xml:space="preserve">【云海江湾碱泉公馆】清远4天丨浈阳峡旅游小镇火车头丨大樟沙滩丨泡碱性温泉丨畅游北江无边际泳池丨连江口趁墟丨品特色美食行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CJ-TX-20240123SP74464985</w:t>
+              <w:t xml:space="preserve">TX-20261221SP37793217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">佛山市</w:t>
+              <w:t xml:space="preserve">清远市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,116 +343,122 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...13 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上车点：（报名备注上车点，导游通知为准）
+                <w:br/>
+                10：00陈家祠地铁站D出口
+                <w:br/>
+                10：30花都云山路体育馆北门（花果山地铁站A2出口）
+                <w:br/>
+                跟团游下车点：原上车点下车
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 漫步悠悠古城，触摸广东千年文化的历史脉搏
-[...3 lines deleted...]
-                ★ 各种特色风情街 换装拍摄 每一辑都是朋友圈头条！
+                行程特色：
+                <w:br/>
+                ✅ 【打卡必体验】
+                <w:br/>
+                ❶ 浈阳峡旅游小镇火车头：复古文艺打卡地，穿越时空的铁路记忆
+                <w:br/>
+                ❷ 大樟沙滩休闲时光：北江畔沙细风轻，亲子嬉戏、漫步惬意
+                <w:br/>
+                ❸ 北江无边际泳池：水天相接，畅游其中如入画境
+                <w:br/>
+                ❹ 碱性温泉自由浸泡：养生碱泉细腻肌肤，舒缓身心疲惫
+                <w:br/>
+                ❺ 娱乐设施畅玩：6人同时报名赠送1台手动麻将任玩（一团4台手动麻将，先到先得）、公共KTV、温泉无限次任玩，
+                <w:br/>
+                ❻ 连江口镇趁墟体验：融入本地生活，感受小镇集市烟火气
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,81 +575,356 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地—广东千古情—广州  含：不含餐
-[...10 lines deleted...]
-                注意：由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解！
+                D1：集中出发→浈阳峡旅游小镇火车头→午餐自理→入住云海江湾碱泉公馆→无边际泳池→自由泡温泉/麻将/KTV→晚餐
+                <w:br/>
+                →于指定地点集合，一路欢唱前往广东省清远市英德连江口（约2.5小时）
+                <w:br/>
+                →前往英德【浈阳坊旅游小镇】，自由闲逛小镇。浈阳坊：以北江特色的岭南山水田园风光为背景，展现原生态的岭南文化、宗教特色和民俗风情。这里有美丽的浈阳峡、复古的连江口古街、打造火车主题一条街，让旅客置身其中缅怀那段逝去的历史。作为标志性的老机车就是特意从北方重金买回来的， 这台长 25.5 米，高 4.9 米的黑色金刚最初命名为“工农型”，1959 年由大连机车车辆厂与唐山机车车辆厂联合研制。主要参观景观：火车主题一条街、奇石文化广场、浈阳峡艺术馆、微派建筑等等~
+                <w:br/>
+                →午餐自理
+                <w:br/>
+                →随后乘车入住云海江湾碱泉公馆。德云海碱泉养生公馆以及英德大樟沙滩度假村由英德市连江口假日旅游发展有限公司统一管理，坐落于全国特色小镇- 连江口镇，地处北江中上游。酒店交通便利，临近广佛城市群，坐落于省道S253旁，，云海碱泉养生公馆项目为二期项目，于2018年开业。酒店按三星级标准建造，临江而建，风景 优美，装修风格独特，云海碱泉养生公馆为酒店公寓，房型主要为两房一厅（24套，全部为双人房）、三房一厅（58套）。不同主题及房型客房能满足各种旅游度假客群。酒店还配有中餐厅、临江无边际泳 池、天然淡水-大樟沙滩以及碱性温泉、豪华游艇等。
+                <w:br/>
+                →下午自由泡温泉/打麻将/唱KTV。酒店配有28个大小不一温泉池，坐拥珍稀偏硅酸 碱性温泉，拥有丰富的微量元素，其碱含量高达8.6。酒店温泉区临江而建，可一边泡碱泉一边欣赏北江边美景。一池珍稀碱性温泉，让疲惫散尽，舒活筋骨，温润 皮肤。28个温泉池，珍稀性碱泉，拥有国家认证温泉证书。
+                <w:br/>
+                （温泉开放时间:16:00-22:30(如有变动，将会提前通知）
+                <w:br/>
+                →酒店晚餐（围餐）                   
+                <w:br/>
+                                              入住：云海江湾碱泉公馆（房型：两房一厅或三房一厅）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">云海江湾碱泉公馆（房型：两房一厅或三房一厅）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                D2：自助早餐→大樟沙滩→午餐自理→自由泡温泉/麻将/KTV→晚餐（围餐）→住云海江湾碱泉公馆
+                <w:br/>
+                →丰盛自助早餐
+                <w:br/>
+                →自由前往[大樟沙滩度假村]，位于英德市连江镇，距离清远市城区45公里，英德市城区30公里，广州市区120公里，随着飞来峡水利枢纽工程竣工使用，北江水库蓄水水位达24米，形成延绵50公里的北江干流。大樟沙滩成为北江河岸绝无仅有的天然河岸沙滩、天然河滨浴场、生态湿地公园、湖泊岛。
+                <w:br/>
+                大樟沙滩度假村旅游娱乐项目有游艇会、水上别墅、情侣木屋、怀旧船屋、原生态露营、烧烤、KTV、沙滩摩托、沙滩排球、沙滩足球、水上降落伞、香蕉船、水上观光、北江垂钓、云海阁餐厅、酒吧风情街等。
+                <w:br/>
+                →午餐自理
+                <w:br/>
+                →下午自由活动或泡温泉/打麻将/KTV
+                <w:br/>
+                →酒店晚餐（围餐）
+                <w:br/>
+                入住：云海江湾碱泉公馆（房型：两房一厅或三房一厅）
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">云海江湾碱泉公馆（房型：两房一厅或三房一厅）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                D3：自助早餐→全天自由活动→温泉区继续畅玩(泳池/麻将/KTV任玩)→酒店晚餐（围餐）→住云海江湾碱泉公馆
+                <w:br/>
+                →丰盛自助早餐
+                <w:br/>
+                →自由活动或自行前往酒店北江边自由漫步。
+                <w:br/>
+                →午餐自理
+                <w:br/>
+                →下午自由活动或泡温泉/打麻将/KTV
+                <w:br/>
+                →酒店晚餐（围餐）
+                <w:br/>
+                                                        入住：云海江湾碱泉公馆（房型：两房一厅或三房一厅）
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">云海江湾碱泉公馆（房型：两房一厅或三房一厅）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                D4：自助早餐→连江口趁墟体验→午餐（围餐）→返程
+                <w:br/>
+                →丰盛自助早餐
+                <w:br/>
+                →自由前往连江口趁虚，自由采购英德当地农副产品，满载而归！
+                <w:br/>
+                →午餐（围餐）
+                <w:br/>
+                →返程，结束愉快的行程，返回温馨的家。（约14:00-16：00回程，导游通知为准）
+                <w:br/>
+                *********************祝旅途愉快*********************
+                <w:br/>
+                具体行程景点的游览顺序，在不减少的前提下,根据实际情况做出适当调整！
+                <w:br/>
+                关于拼团与动态接送流程：本线路为拼团线路，每日出发的酒店及客源情况均不相同。因此接送顺序并非固定，导游将根据当日实际报名情况、酒店分布及交通状况，按最顺路的原则灵活安排接送路线。
+                <w:br/>
+                行程涵盖清远直通车的多间酒店拼发（英德云海碱泉养生公馆、英德浈阳坊温泉度假村、英德岭南东方精品酒店等），具体顺序以出发当日安排为准，因此路程时间不可预计！
+                <w:br/>
+                关于行程耗时：由于酒店数量不一且分布在不同区域，全程行车时间可能受入住情况、路况、天气等不可抗力因素影响，因此，整个行程的交通时间（包括去程、回程）无法精确预估，请您切勿以点对点的距离和时间来估算整个行程。
+                <w:br/>
+                关于回程延误：回程时间极易受交通拥堵、天气状况、交通事故等不可抗力因素影响，可能导致到达时间大幅晚于预期。
+                <w:br/>
+                请您务必为回程预留充足的弹性时间，避免安排航班、高铁或其他紧急性事务。对于因上述不可抗力因素导致的行程延误及由此产生的任何损失，旅行社不作任何赔偿，敬请谅解。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -688,61 +969,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
-[...9 lines deleted...]
-                6.保险：敬请自行购买个人意外保险
+                1、景点：景点第一道大门票
+                <w:br/>
+                2、住宿：3晚云海江湾碱泉公馆（酒店不设三人间，房型均以二房一厅（2间双或1间双+1间大）或三房一厅（3间双或2间双+1间大），单出需补房差:300元/床。
+                <w:br/>
+                3、用餐：全程含4正3早餐（酒店含中式自助早餐，正餐是住宿套票已含不用无费用可退）。
+                <w:br/>
+                4、导游：提供导游服务
+                <w:br/>
+                5、购物：全程纯玩。
+                <w:br/>
+                6、交通：根据实际人数安排33-53座旅游空调车，保证一人一个正座
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -820,74 +1101,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -928,51 +1276,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>