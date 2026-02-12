--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -396,90 +396,90 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【安享出行●安全舒适】
                 <w:br/>
-                ★ 精选广州南航直飞、哈尔滨进沈阳出，不走回头路！
+                ★ 精选广州南航直飞、沈阳进哈尔滨出，不走回头路！
                 <w:br/>
                 ★ 纯玩0购物、全程一车一导服务
                 <w:br/>
                 <w:br/>
                 【一站打卡●精华景点】
                 <w:br/>
                 哈尔滨→中国雪乡→延吉→长白山→松花湖滑雪→沈阳故宫双飞7日游
                 <w:br/>
                 ★【浪漫 ◆ 尔滨】感受“东北小巴黎”的魅力；来当一次“小土豆”；
                 <w:br/>
                 ★【索菲亚◆教堂】是远东地区最大的东正教教堂，打卡网红“洋葱头”—偶遇“俄式公主”；
                 <w:br/>
                 ★【网红◆中央街】一秒穿越欧洲、亚洲最长的商业步行街，感受充满异国情调百年老街的无穷韵味。
                 <w:br/>
                 ★【童话 ◆ 雪乡】美丽圣洁的天堂、童话梦境一般的存在，没有一丝人工雕琢痕迹，雪地千人迪斯、
                 <w:br/>
                 雪韵大街美美自拍，雪乡日出，满足一切你对雪的美好想像。体验泼水成冰+雪乡航拍Vlog+蹦野迪+雪乡大花棉袄东北风拍照，嗨翻你的朋友圈！
                 <w:br/>
                 ★【雪落 ◆ 延吉】打卡东方小首尔，延大网红弹幕墙、寻觅朝鲜美食、不出国却体验异国风情
                 <w:br/>
                 ★【大美◆长白山】远赴长白惊鸿宴，一睹瑶池盛世颜；天池映月，宛如神龙凝目，一眼望三国
                 <w:br/>
                 ★【冰雪 ◆ 香拉】冬韵长白山，入住特色温泉酒店，叹硫磺矿物温泉SPA，享飘雪温泉无穷乐趣 
                 <w:br/>
                 ★【朝鲜族◆部落】体验坐在火炕上的感觉，穿朝鲜族传统服装，来个连环拍，感受朝鲜族的风土人情
                 <w:br/>
                 ★【松花湖◆滑雪】赠送3小时滑雪，体验雪山速度与激情的刺激运动。
                 <w:br/>
                 ★【沈阳 ◆ 故宫】打卡沈阳故宫，奉天行宫、中国现存完整的两座宫殿建筑群之一   
                 <w:br/>
                 <w:br/>
                 【舌尖美食●特色风味】
                 <w:br/>
                 ★东北饺子  ★雪乡农家宴  ★东北特色菜  ★特色山珍宴  ★乌拉火锅
                 <w:br/>
                 <w:br/>
                 【甄选住宿●舒适睡眠】
                 <w:br/>
-                ★ 4晚当地四星标准酒店      ★ 1晚长白山特色温泉酒店      ★ 1晚雪乡特色暖炕
+                ★ 4晚当地高级酒店      ★ 1晚长白山特色温泉酒店      ★ 1晚雪乡特色暖炕
                 <w:br/>
                 <w:br/>
                 【超值赠送●品质保证】
                 <w:br/>
                 ★ 长白山鲜人参（每人1根） 
                 <w:br/>
                 ★ 保暖三件套（口罩、4贴暖宝宝、百变围巾）
                 <w:br/>
                 ★ 赠送浸泡价值188元/人【长白山硫磺矿物温泉】
                 <w:br/>
                 赠送项目解释权归旅行社所有，赠送内容一律不去不退费不等值交换！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -905,65 +905,67 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 延吉—雪乡（270KM车程约4.5小时）
                 <w:br/>
-                若有兴趣可早起前往【水上市场】（早05:00-08:00营业，请自行前往）体验延吉的人间烟火气，但务必请在08:00前回到下榻的酒店，不要耽误正常团队的出行。适时乘车前往令人神往的“雪域童话”“世外桃源”传说中的狗熊岭的雪乡，途中听导游讲解，开启中国雪乡沉浸式体验！沿途欣赏千里冰封，万里雪飘的北国雪景。抵达后【中国雪乡】（含大门票+环保车）2013年湖南卫视大型亲子户外真人秀节目《爸爸去哪儿》、电视剧《闯关东》、《大约在冬季》、《林海雪原》，更有票房高达10亿的电影《悬崖之上》等剧组，纷纷在雪乡取景拍摄。晚上的雪韵大街上【篝火晚会、花车巡游、邂逅呆萌矮脚鹿+雪乡林业局在大石碑组织的-篝火晚会-雪乡DISCO】（篝火晚会为赠送项目，预计每年12月中旬左右开始，如遇天气或特殊情况自动取消不退费），千人篝火晚会—所由游客集聚到篝火场地、让我们围着暖暖的篝火，在雪的童话世界里点燃熊熊篝火，扭起东北大秧歌，跳起舞，欢歌笑舞，在北方雪童话的故乡，笑逐颜开……，每年都有不少兴奋地游客上演“疯狂赤裸篝火”【睡一晚雪乡民宿暖炕】体验东北民俗，戴狗皮帽子、嗑东北大瓜子、学习剪窗花，学说东北话、做一回真真正正东北人；
+                若有兴趣可早起前往【水上市场】（早05:00-08:00营业，请自行前往）体验延吉的人间烟火气，但务必请在08:00前回到下榻的酒店，不要耽误正常团队的出行。适时乘车前往令人神往的“雪域童话”“世外桃源”传说中的狗熊岭的雪乡，途中听导游讲解，开启中国雪乡沉浸式体验！沿途欣赏千里冰封，万里雪飘的北国雪景。抵达后【中国雪乡】（含大门票+环保车）2013年湖南卫视大型亲子户外真人秀节目《爸爸去哪儿》、电视剧《闯关东》、《大约在冬季》、《林海雪原》，更有票房高达10亿的电影《悬崖之上》等剧组，纷纷在雪乡取景拍摄。晚上的雪韵大街上【扭起东北大秧歌+花车巡游+千人857（蹦迪）+烟花秀】 让我们跟着雪乡人民花车巡游的队伍，扭起东北大秧歌，一起千人857，特别有东北过年的气氛，欢歌笑舞，在北方冰雪童话的故乡，笑逐颜开！（雪韵大街秧歌、花车巡游、此项目为雪乡林业局统一安排，实际以景区为准，如无法安排，不退任何费用 ），【睡一晚雪乡民宿暖炕】体验东北民俗，戴狗皮帽子、嗑东北大瓜子、学习剪窗花，学说东北话、做一回真真正正东北人；
                 <w:br/>
                 ✭ 温馨提示
                 <w:br/>
                 1、2025年12月10前、2026年02月25后入住安排2-3人炕，2025年12月10日~2026年02月24日入住安排4人炕，独卫浴，由于雪乡的特殊条件，为男女分住，有可能一个团队或一个家庭不能安排入住同个民宿，请贵宾配合分房。雪乡火炕为电热/水暖炕板，质地较硬，无法与酒店设施相比较，不便之处敬请谅解。 
                 <w:br/>
                 2.用餐前要稍作休息，用餐中尽量饮用热水，以免温差引起肠胃感冒。冬季户外极寒，容易肚子进风，引起腹痛或其他水土不服现象。南方客人偶有水土不服现象， 请及时服用自备肠胃小药。
                 <w:br/>
                 3、行程所列时间仅供参考，可能会因为天气、堵车等特殊情况而更改，具体日程安排根据当时天气及路况导游会灵活安排调整。
                 <w:br/>
                 4、雪乡由于当地条件有限，用餐质量无法和市区相比，请做好心理准备，可带点吃的上去。
                 <w:br/>
                 6、雪乡住宿为当地民俗，爱好洁净的团友们可自带一套床单，以备不时之需，需自带洗漱用品，无一次性拖鞋 。
                 <w:br/>
                 7、由于亚布力和雪乡地处林区，因气候和地理位置原因，酒店或暖炕房间内可能会有瓢虫或其它小访客哦，如有发现请不要害怕哦。及时通知导游或酒店工作人员清扫！！！
+                <w:br/>
+                餐饮：早餐、中餐（不含）、晚餐（雪乡农家菜）
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
                 景点：中国雪乡
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：团队餐   </w:t>
             </w:r>
           </w:p>
@@ -1283,51 +1285,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、大交通：成人含往返机票，未含140元/人机场税、燃油费，报名时需提前交付！（团队票一经出票，不能改签，未使用只能退税；具体航班时间以及第1天具体抵达港口以实际出票为准），小童含往返机票，未含20元/人机场税、燃油费，报名时需提前交付！报名时请一定要仔细核对姓名及证件号码，如若出错，由此产生的费用由出错方承担！如遇不可控制因素（如塌方、塞车、天气、航班延误、车辆故障等原因）所造成行程延误或不能完成景点游览，我社概不负责，只能退回未产生的费用。 
                 <w:br/>
-                2、住宿： 4晚当地高级标准酒店+1晚雪乡暖炕+1晚长白山温泉酒店，入住双人标间。如遇单人入住请补房差。酒店无三人间，入住温泉酒店含一次温泉门票，不泡不退。雪乡2-4暖炕，独立卫浴，自备洗漱用品和拖鞋；     
+                2、住宿：4晚当地高级酒店+1雪乡民宿火炕+1晚长白山温泉酒店，入住双人标间。如遇单人入住请补房差。酒店无三人间，入住温泉酒店含一次温泉门票，不泡不退；       
                 <w:br/>
                 3、用餐：全程含餐共7正6早，餐标30元/人（不含酒水）早餐为房价包含的，如不使用不退款。（11－12人一桌（正餐九菜一汤），9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）；
                 <w:br/>
                 4、用车：全程地接根据团队人数安排用车9-55座旅游空调车，每人一个正座；
                 <w:br/>
                 5、门票：全程当地首道大门票，不含景区内小交通，例如电瓶车，环保车，倒站车等之类，须客人自行购买。
                 <w:br/>
                 特殊说明：行程景点门票均为旅行社统一采购价，且经旅游局批准已进行旅游团队系统的优惠，故对所有证件（学生证、教师证、军官证、老年证、残疾证等证件）均不在享受任何优惠政策，其优惠价格不予退还。赠送项目及景点如因个人原因或不可抗力因素或天气原因无法参观游览，门票费用不退，不置换，敬请谅解！
                 <w:br/>
                 6、保险：旅行社责任险（建议客人购买个人意外保险）。
                 <w:br/>
                 7、导游：当地优秀导游；
                 <w:br/>
                 备注：
                 <w:br/>
                 1、此线路为广东散客拼团，出发地不派全陪；为确保团队能如期出发，广东同业共同组团出发！
                 <w:br/>
                 2、散客拼团10人以上当地派导游，若不足10人不安排导游，全程司机兼向游
                 <w:br/>
                 8、全程无购物店（景区内部商铺、酒店周边商铺、餐厅附近商铺、以及步行街商铺非旅行社安排，谨慎购买）
                 <w:br/>
                 9、儿童费用（2-11周岁）：含往返机票、导游费、交通费、农家火炕铺位、正价餐费，酒店不含床位、不含门票和景交（不含温泉、不含早餐）。
               </w:t>
             </w:r>
           </w:p>
@@ -1363,57 +1365,69 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、未含个人投保的旅游保险费、航空保险费，建议游客视个人情况，选择合适的旅游个人意外险
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
-[...5 lines deleted...]
-                10、房差价：11月6日~12月10日补房差780元/人，不退房差；12月11日~1月10日补房差880元/人，不退房差。
+                6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，越野车，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
+                <w:br/>
+                7、不含机票燃油成人140 小孩20
+                <w:br/>
+                8、不含景区小交通 全程200元/人
+                <w:br/>
+                2、9、婴儿费用（2周岁以下）：不占座位、不含景点门票、不含当地旅游车位、全程不占床位、不提供早餐及餐费。仅含旅行社责任险费用，婴儿出游需提前与我社销售沟通，敬请留意。
+                <w:br/>
+                10、房差价：（房差不涉及雪乡住宿）
+                <w:br/>
+                2月23日后补房差750元（不支持退房差）；
+                <w:br/>
+                1月1~10日补房差850元（不支持退房差）；
+                <w:br/>
+                12月20~31日、1月11~28日补房差950元（不支持退房差）；
+                <w:br/>
+                01月30~02月15日补房差1150元（不支持退房差）；
+                <w:br/>
+                02月16~22日补房差1300（不支持退房差）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1949,75 +1963,50 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、旅游行程南北跨度大，全程跨越整个大东北，车程长，请游客注意体力支配。衣服以宽松、休闲装为佳尽量穿浅色服装，夏季旅游时应穿白色、浅色或素色衣服；东北地区中天山天池、长白山地理气候极为独特，一山有四季，十里不同天，山上气温较低，且天气变化很快，请增加衣物，客人最好带好一件防寒的小外套。秋季早晚温差大，需要带长衣长裤，或线裤。
                 <w:br/>
                 2、东北早晚温差大，请根据温度加减衣服，气候干燥，请多饮水，携带些保湿护肤品及润唇膏，山林中气候变化大，常有雾雨天气，请客人在出门时一定要天天备好伞。阳光中含有大量的紫外线，野外活动要涂防晒油，外出时最好戴一顶遮阳帽或使用防晒伞和墨镜；
                 <w:br/>
                 3、东北段景区距离市区较远，车行时间较长，请游客做好心理准备，部分地区旅游车况有限。
                 <w:br/>
                 4、景区挂星酒店寥寥无几，住宿条件比其它城市略简单些，请游客在临睡前将房门锁好并保管好个人贵重物品。
                 <w:br/>
                 5、天气：北方地区由于纬度较高，属中温带大陆性季风气候，冬天天气较干燥，早晚温差较大，室内及车上有暖气，请大家路途中多喝水，可自备润肤露，润唇膏，润喉糖。冬天地上多积雪，反射强，请自备雪镜或太阳镜，防雪盲。
                 <w:br/>
                 6、衣着：外衣要穿羽绒服、羽绒裤（请注意：裤宜长不宜短，要穿长棉袜，外衣不可过于肥大，以免空气侵入），鞋子穿防滑雪地鞋，鞋里须垫棉垫，切记不要穿单皮鞋或运动鞋，否则很容易冻伤双脚，要戴帽子、手套、围脖。
                 <w:br/>
                 7、服务接待：东北经济较全国其他地区落后，在旅游接待方面有很多落后的地方，如宾馆及餐厅的服务接待上较南方发达地区落后很多，请游客多包涵，硬件设施及软件服务更是无法同沿海地区相比，请全陪做好出团前说明。
                 <w:br/>
                 8、饮食：东北饮食很有特色，是鲁菜加地方菜逐渐形成的饮食体系，以咸粘炖为主，口味较重，南方客人会略有不适，但品尝一下还是很值得的，如在用餐上有什么要求，请及时与全陪及地陪沟通。
                 <w:br/>
                 9、交通：东北地区铁路发达，乘坐火车时要注意保管好自己的物品，不能在火车上赌钱，大城市之间大多为高速公路，车程多为3小时以上，有晕车的乘客请自备晕车药。
                 <w:br/>
                 10、特产：人参、鹿茸、雪蛤油、熊胆粉、天然木耳、东北山野菜等绿色食品以及秋林大面包、肉联红肠、风味干肠、大巴哈鱼，俄罗斯紫金、套娃、巧克力等工艺品也是游客喜爱的产品，购买人参请注意品质的好坏，在柜台要详细询问。
-                <w:br/>
-[...23 lines deleted...]
-                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2180,51 +2169,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>