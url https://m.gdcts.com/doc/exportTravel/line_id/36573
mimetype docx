--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251230ZCJZWT6</w:t>
+              <w:t xml:space="preserve">WZ-20260121ZCJZWT6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -738,79 +738,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 九寨景区一日游
                 <w:br/>
                 酒店用早餐后，前往景区。 （10公里约12分钟）
                 <w:br/>
-                世界自然遗产-【童话世界九寨沟】（含优惠门票；不含：观光车淡季80元/旺季90元+保险10元，游览6-8小时），它集翠海、叠溪、彩林和藏族风情于一体，以美丽绝伦的自然风光而成为中国著名的风景名胜区。
+                世界自然遗产-【童话世界九寨沟】（含优惠门票；不含：观光车淡季80元，游览6-8小时），它集翠海、叠溪、彩林和藏族风情于一体，以美丽绝伦的自然风光而成为中国著名的风景名胜区。
                 <w:br/>
                 游览九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、扎如寺为栈道步行景区，具体游览方式为景区安排为准）。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票；
                 <w:br/>
                 2：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动以免高反；
                 <w:br/>
                 3：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 4：冬季景区栈道及路面有冰雪，行走请注意安全；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
-                交通：汽车/动车
+                交通：汽车
                 <w:br/>
                 景点：【九寨沟】
                 <w:br/>
-                自费项：【九寨沟】观光车淡季80元/旺季90元+保险10元、《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
+                自费项：【九寨沟】观光车淡季80元、《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：入住酒店套餐（不用不退）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -861,51 +861,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 九寨—黄龙-九寨/松潘高铁站—成都锦里
                 <w:br/>
                 酒店享用早餐。乘车前往游览【黄龙风景区】（含优惠门票；不含：黄龙上下缆车120元、电瓶车20元、定位耳麦30元；游览3-4小时）黄龙景区位于阿坝州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。
                 <w:br/>
                 游览完毕后，前往【松州古城】（不上城墙）松潘，古称松州，历史悠远，是一座历史悠久的古城，素有“高原古城”之称也是国家级文物保护单位；四川省历史名城，是历史上有名的边陲重镇，被称作“川西门户”。完毕后前往黄龙九寨/松潘高铁站，乘坐动车抵达成都。
                 <w:br/>
                 赠送游览【锦里一条街】打卡西蜀第一街，老街、宅邸、府第、民居、客栈、商铺、万年台坐落其间，青瓦错落有致，青石板路蜿蜒前行，让人恍若时空倒流。川茶、川菜、川酒、川戏等古蜀文化如清风扑面而来，前往酒店入住。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1：黄龙海拔高3900米，建议根据自己身体情况量力而行；
                 <w:br/>
                 2：黄龙游览方式可：①乘缆车往返（往返120元）；②单程乘坐缆车（单程80元，步行下山）；③徒步行走；
                 <w:br/>
                 3：川青铁路在松潘县有三个高铁站：松潘站/黄龙九寨站/黄胜关站，我社根据动车票情况选择出票站点，请知悉。
                 <w:br/>
                 4：赠送景点“锦里古街”如因动车时间无法安排，无费用退出；请知悉
                 <w:br/>
                 5：在不减少景点情况下，全程景点我社可根据实际情况调整游览的先后顺序。
                 <w:br/>
-                交通：汽车
+                交通：汽车/动车
                 <w:br/>
                 景点：【黄龙风景区】
                 <w:br/>
                 自费项：【黄龙风景区】黄龙上下缆车120元、电瓶车20元、定位耳麦30元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1157,51 +1157,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至阆中往返程特惠经济舱机票（未含航空保险）、高铁动车组二等座火车票（不保证连坐）动车票为团队票，不可单张票退票或改签；
                 <w:br/>
                 2、用车：当地空调旅游车（5-45座，根据实际人数调整，保证每人一正座）。
                 <w:br/>
                 3、导游：优秀地陪讲解服务（不派全陪）。在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
                 4、门票：不含景点第一道大门票，赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。（温馨提示：此线路为特价线路，已享受门票、当地政策的优惠，故此团团队中未产生费用以及门票优惠费用不退！）；（60岁以上长者，已经核算优惠门票，不在享受二次优惠；未满60岁成人需要补门票，价格如广告图所示）；
                 <w:br/>
-                （不含景区交通：九寨观光车旺季90元、淡季80元）（必须乘坐）
+                （不含景区交通：九寨观光车淡季80元）（必须乘坐）
                 <w:br/>
                 （不含九寨保险10元、黄龙缆车120元，黄龙电瓶车20元、黄龙定位耳麦30元；、熊猫基地电瓶车30元；（非必须自愿选择）；
                 <w:br/>
                 5、小童（2-11周岁）：只含早餐、半餐、车位、不占床位，不含门票自理；含往返机票。小孩也不享受赠送景点，小童如超高费用自理。
                 <w:br/>
                 6、住宿：入住当地酒店（未挂星）；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
                 7、用餐：30元/正，6正5早（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。温馨提醒：当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）。
                 <w:br/>
                 8、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1225,51 +1225,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：（不含景区交通：九寨观光车旺季90元、淡季80元）（必须乘坐）；
+                6、不含：（不含景区交通：九寨观光车淡季80元（必须乘坐）；
                 <w:br/>
                 （不含九寨保险10元、黄龙缆车120元，黄龙电瓶车20元、黄龙定位耳麦30元、熊猫基地电瓶车30元；（非必须自愿选择）；。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1370,102 +1370,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟观光车+保险</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">观光车旺季90元/人（淡季80元）（必消消费）、保险10元（自愿消费）</w:t>
+              <w:t xml:space="preserve">九寨沟观光车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">观光车淡季80元（必消消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 100.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">九寨藏羌歌舞晚会</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2154,51 +2154,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>