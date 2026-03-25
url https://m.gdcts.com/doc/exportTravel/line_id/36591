--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -343,51 +343,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-布里斯本     参考航班：CZ381/20:55-08:30+1
+                广州-/-布里斯本     参考航班：CZ635/10:00-21:10
                 <w:br/>
                 悉尼-/-广州            参考航班：CZ326/11:25-17:50
                 <w:br/>
                 仅供参考，以实际出票为准
                 <w:br/>
                 可搭配全国联运服务，具体增加费用需以实际报价为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -599,172 +599,172 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 -/- 布里斯本  参考航班：CZ381/20:55-08:30+1
                 <w:br/>
-                指定时间在广州国际机场集中，在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“阳光城市”~~布里斯本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
+                指定时间在广州国际机场集中，在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“阳光城市”~~布里斯本。抵达后入住酒店休息。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">航机上</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：机上     晚餐：机上   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 布里斯本 – 黄金海岸（约1.5小时）
                 <w:br/>
-                抵达后开始今日精彩的行程：
+                早餐后开始今日精彩的行程：
                 <w:br/>
                 【南岸公园（South Bank Parklands）】
                 <w:br/>
                 位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
                 <w:br/>
                 【袋鼠角】
                 <w:br/>
                 袋鼠角是观看整个布里斯班城市风光和河流风光的绝佳观光点。布里斯班河流经这儿时正好是个 U 字形，整片城市风貌以超广角呈现，相当壮观，一大片棱形的布里斯班河水面也格外引人注目；
                 <w:br/>
                 【昆士兰博物馆 (Queensland Museum) 】
                 <w:br/>
                 是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
                 <w:br/>
                 【新农场公园（New Farm Park) 】
                 <w:br/>
                 该公园坐落在布里斯本河畔，是一个名副其实的“河滨公园”，紧邻码头，平坦的绿草坪、茂盛的树木让人心旷神怡。适逢花季，还可欣赏园内玫瑰花圃绽放的妩媚玫瑰。河边风景开阔，让人身心放松。同时这里是当地居民休闲、健身的好去处。
                 <w:br/>
                 【布里斯本皇后码头天空观景台】
                 <w:br/>
                 登上标志性的布里斯班皇后码头天空观景台，其壮丽景色令人叹为观止。新月形天空观景台位于布里斯班河上方 100 米处，可欣赏从中央商务区延伸至摩顿湾和库萨山的美景。
                 <w:br/>
                 【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：机上早餐     午餐：海鲜风味自助餐     晚餐：东星斑生蚝养生餐   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：海鲜风味自助餐     晚餐：东星斑生蚝养生餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店   或 黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1453,51 +1453,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
-                6.   其他未约定由旅行社支付的费用：单房差￥2900/人（6晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
+                6.   其他未约定由旅行社支付的费用：单房差￥3500/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
                 <w:br/>
                 7. 全程服务费￥800/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
@@ -1866,51 +1866,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>