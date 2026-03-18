--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -1611,51 +1611,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用，【推荐自费项目表】作为行程附件请另外下载；
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥3800/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅。
                 <w:br/>
-                7. 全程服务费￥1000/人（出团时机场现付，领队代收，大小同价）。
+                7. 全程服务费￥1000/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2023,51 +2023,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>