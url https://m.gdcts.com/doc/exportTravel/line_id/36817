--- v0 (2025-12-16)
+++ v1 (2026-03-20)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【赛事】清远2天丨乡村文旅和秧合社丨麻鸡四食、状元及第鸡宴丨享自助晚餐丨清远哥弟酒店丨游玩摩天轮、游船行程单</w:t>
+        <w:t xml:space="preserve">自组【老友记】清远2天丨乡村文旅和秧合社丨麻鸡四食、状元及第鸡宴丨享自助晚餐丨清远哥弟酒店丨游玩摩天轮行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -398,51 +398,51 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.和秧合社观乡村文旅美景；
                 <w:br/>
                 2.网红打卡：亚洲第二大屋顶摩天轮
                 <w:br/>
-                3.每房赠送：3700㎡梦幻乐园30枚游乐币+迷你吧饮料免费饮
+                3.每房赠送：迷你吧饮料免费首饮
                 <w:br/>
                 4.食足4餐（状元鸡宴+酒店：自组早餐+自助晚餐+自助简午餐）
                 <w:br/>
                 5.入住【清远美林湖哥弟酒店】
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -577,50 +577,54 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州—清远鸡文化馆—午餐—和秧合社—晚餐享用自助晚餐—入住清远哥弟酒店；
                 <w:br/>
                 08：00在广州华厦大酒店门口集中（地铁海珠广场A/F出口）出发，乘车前往珠三角后花园—清远（车程约1.5小时）。
                 <w:br/>
                 10：00-11：00 抵达参观【清远鸡文化馆】麻鸡村巧妙地将清远鸡文化融入其中，游客可以在清远鸡文化馆全面、系统地了解到清远鸡历史文化、清远鸡特征文化、清远鸡标本及骨架、清远鸡美食、清远鸡文创和历届清远鸡美食文化节等信息。同时，作为清远市唯一一家研究、保护、展示、传承和推广传统清远鸡历史文化的展览馆，清远鸡文化馆也是以清远鸡元素打造的观光旅游品牌重要景点之一，每年成千上万的海内外游客前来游览打卡。在麻鸡村餐厅还可以品尝到以传统清远鸡为主题的美食，体验清远鸡美食文化。麻鸡村餐厅作为清远本土第一家致力于恢复清远鸡传统的餐饮企业，力求把传统清远鸡“鸡文化”“品鉴鸡”普及大众。目前餐厅主推的菜式有麻鸡村村长鸡煲套餐、麻鸡村白切鸡、麻鸡村精选糯米荷叶五指毛桃汤蒸鸡、麻鸡村手撕盐焗鸡等菜品。其中，村长鸡煲，从选种、育苗、成长、到餐桌，每只清远鸡均只取材约3斤左右的“鸡项”，精准分割16块鸡，取水源自于山泉水，清汤恒温浸鸡，最大限度保留鸡的鲜美甜味，保留清远鸡之原汁鸡味，是来麻鸡村一定要品尝的一道传统清远鸡美食。
                 <w:br/>
                 11：30-12：30 前往【麻鸡村】品尝清远麻鸡四食、状元及第鸡宴。
                 <w:br/>
                 13：00-14：30 抵达参观乡村文旅项目【和秧合社】和秧合社的核心理念是“和合文化”，这个项目致力于通过农林文旅的结合，推动乡村振兴。它将传统的乡村生活形式与现代设计理念相结合，创造出一个既保留乡土元素又具现代魅力的综合性旅游目的地。在这里，您不仅能够享受到美丽的田园风光，还能体验到丰富多样的文创活动。
                 <w:br/>
                 下午：游览后乘车前往花都“生态都市--美林湖”【哥弟酒店】位于拥有3万亩原生态森林美景的国家4A级旅游景区 - 美林湖国际社区，由哥弟集团斥资近4亿元打造的一家有温度、有设计和艺术感的星级豪华度假酒店。从餐饮、音乐、时尚三大元素着手，哥弟酒店致力于打造“乐享景尚”的生活方式：在自然景区的美景中，享受美食、音乐与时尚。
                 <w:br/>
                 入住酒店享酒店丰富自助晚餐，入住每间房赠送：房间Minibar饮料首次
                 <w:br/>
+                赠送：（客人可以自由前往游玩，酒店赠送套票，不进园门票不设退）：
+                <w:br/>
+                【全国最大屋顶摩天轮】（每房赠送2张门票，约15分钟，逢周一停运）高101米、48只轿厢、建在屋顶，国内最大的屋顶摩天轮。这个摩天轮的总高度达到101米，一共48个轿厢，每个骄厢可容纳8人。纵观美林湖乃至清远美景。
+                <w:br/>
                 交通：空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -651,61 +655,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—玩转国内第一大屋顶摩天轮、游船、梦幻乐园—午餐【简式自助餐】—返程广州集中点散团
-[...9 lines deleted...]
-                礼赠三：3700㎡【梦幻乐园】30枚游乐币。
+                早餐—午餐【简式自助餐】—返程广州集中点散团
+                <w:br/>
+                上午：早上享受一个没有morning call的早晨，早餐自由前往餐厅享用早餐。自由游玩
                 <w:br/>
                 中午：安排于酒店享用【自助简式午餐】
                 <w:br/>
                 约14:00  乘车返回广州，结束愉快行程！
                 <w:br/>
                 <w:br/>
                 温馨提示：以上游览时间顺序仅供参考，具体以当天实际游览为准！
                 <w:br/>
                 交通：空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -941,50 +937,119 @@
                 4.如遇不可抗力因素（风雪、塌方、交通堵塞等）造成的延误和无法继续履行合同的，我司将按广东省国内旅游合同处理；
                 <w:br/>
                 5.请游客在旅游过程中保管好自己的个人财物， 如发生财物丢失，我司将按广东省国内旅游合同处理；
                 <w:br/>
                 6.景点游览、住宿的先后顺序以旅行社安排为准，景点绝不减少；行程上的行车时间为参考时间，以当天实际行车时间为准；
                 <w:br/>
                 7.我社按客人报名先后顺序排位，预先给客人编排好车位，请客人自觉礼让，听从导游安排；
                 <w:br/>
                 8.如受交通管制原因，我社导游将会另行通知客人上车点/下车点、敬请客人配合、不变之处敬请谅解。
                 <w:br/>
                 9.我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意；如您在出行前一天20：00尚未收到短信，请速来电咨询
                 <w:br/>
                 10.请客人准时到达出团集合地点，过时不候。
                 <w:br/>
                 11.旅行社会按照本团客人的报名先后顺序统一安排坐车座位。如车上有老弱妇孺需要照顾的，请客人自觉礼让。
                 <w:br/>
                 12.客人应妥善保管自己的行李物品（特别是现金、有价证券以及贵重物品等，应该随身携带）。
                 <w:br/>
                 13.本团不发旅行袋及旅游帽，不提供车上饮用水，敬请自备。
                 <w:br/>
                 14.车上空调较凉请自备保暖衣物，如有晕车的朋友请带上晕车药，途中怕肚子饿的朋友们也可以先前准备一些干粮！
                 <w:br/>
                 15.18岁以下未成年人如没有成人陪同参团，必须有法定监护人签名同意书方可。
                 <w:br/>
                 16.紧急报警电话110，急救中心电话120。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1.行程所列各旅游景点的精彩表述，系组团社根据相关资料提供参考，团队观光活动受天气、日照及时间等自然环境因素影响存在较大的不确定性，敬请留意。
+                <w:br/>
+                2.在参加自由活动期间，宾客请根据个人身体条件慎重选择游玩项目，服从景区救生工作人员的指挥，必须在指定的区域和时间游玩，严禁在没有救生配置的区域内游玩。
+                <w:br/>
+                3.宾客请根据个人身体条件自备 旅途生活用品和个人医嘱用药，注意饮食卫生。
+                <w:br/>
+                4.如遇到台风,暴雨或河水上涨等不可抗力因素而影响团队运作的,为保障客人生命财产安全,我社将尽早通知客人取消行程,团款全额退回,双方自动终止履行合同,我社不作任何赔偿.
+                <w:br/>
+                5.请各位团友在团队结束后，请认真填写旅游服务质量意见书，宾客的宝贵意见是我社提高服务质量的重要依据。
+                <w:br/>
+                6.行程内经过的景区、餐厅、商场、集市、中途休息站等商店不属于旅游定点购物店，若客人在此类商店所购买商品与组团社无关。如客人在此类商店所购买的商品出现任何问题，组团社不承担任何责任。
+                <w:br/>
+                7.游客参加打猎、潜水、海边游泳、漂流、滑水、滑雪、滑草、蹦极、跳伞、滑翔、乘热气球、骑马、赛车、攀岩、水疗、水上飞机等属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；旅游者参加此类活动应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
+                <w:br/>
+                8.关于出海、沙滩或水上游乐项目的温馨提示：敬请客人务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动。请客人在规定的安全区域内活动，在游玩前或参加水上游乐活动项目时，要听从工作人员的安排，落实各项安全措施。游泳时，需有同伴陪同，切忌单独游玩，且切勿到非游泳区游泳，勿超越安全线。未成年人一定要在成人的陪同和看护下方可参加。
+                <w:br/>
+                9.参加高空活动项目或乘坐缆车或参加其它高空项目（如山上半空的玻璃栈道）：请听从现场工作人员指挥。若患有心脏病、肺病、哮喘病、高血压、恐高症者不适宜参加。
+                <w:br/>
+                10.关于温泉项目的温馨提示：浸泡温泉请避免空腹、饭后1小时或酒后进行；不要长期在水里浸泡太久，成年人浸泡10-15分钟应上岸适量喝水补充身体水分；温泉区域地面湿滑，特别要留意温泉区地面湿滑，避免摔倒；如有皮肤感染、传染病，或处于月经、怀孕期等客人，切勿参加。未成年人一定要在成人的陪同和看护下方可参加。
+                <w:br/>
+                11.基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担。
+                <w:br/>
+                12.旅行社对本次游玩的旅游线路及旅游景点游玩的项目应注意的安全问题已向本人做了详细说明。旅行社已就本次旅游过程中可能危及旅游者人身、财产安全的旅游项目告知本人，本人也知悉自身的健康状况，对不适合自身条件的旅游活动谨慎选择，否则，本人愿意承担可能由此带来的不利后果。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1025,51 +1090,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>