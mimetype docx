--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -568,249 +568,234 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 居住地-多伦多
                 <w:br/>
                 今天您将抵达加拿大第一大城市——多伦多，抵达后请自行乘坐机场Shuttle前往酒店，不同酒店机场Shuttle 及参考酒店信息如下：（酒店下午15:00之后可办理入住手续）。
                 <w:br/>
                 <w:br/>
-                1. Crowne Plaza Toronto Airport：
-[...10 lines deleted...]
-                <w:br/>
+                1. Hampton Inn &amp; Suites by Hilton Toronto Airport：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→ 出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（无需电话预约)。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 13下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)9056714730
                 <w:br/>
                 地址：3279 Caroga Dr, Mississauga, ON L4V 1A3, Canada
                 <w:br/>
                 <w:br/>
-                3. Hampton Inn by Hilton Toronto Airport Corporate Centre：
-                <w:br/>
+                2. Hampton Inn by Hilton Toronto Airport Corporate Centre：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（降落后，需打电话预约，电话:416-646-3000）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 13下等待酒店Shuttle Bus（降落后，需打电话预约，电话:416-646-3000）。
                 <w:br/>
                 电话：(+1)4166463000
                 <w:br/>
                 地址：5515 Eglinton Ave W, Toronto, ON M9C 5K5, Canada
                 <w:br/>
                 <w:br/>
-                4. Four Points by Sheraton Toronto Airport：
-                <w:br/>
+                3. Four Points by Sheraton Toronto Airport：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（无需电话预约）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 41下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)9056781400
                 <w:br/>
                 地址：6257 Airport Rd, Mississauga, ON L4V 0A2, Canada
                 <w:br/>
                 <w:br/>
-                5. Four Points by Sheraton Toronto Mississauga：
-                <w:br/>
+                4. Four Points by Sheraton Toronto Mississauga：
                 <w:br/>
                 酒店的Shuttle Bus无固定站台，降落后需电话预约：905-670-0050
                 <w:br/>
                 电话：(+1)9056700050
                 <w:br/>
                 地址：6090 Dixie Rd, Mississauga, ON L5T 1A6, Canada
                 <w:br/>
                 <w:br/>
-                6. Holiday Inn Toronto Airport East：
-                <w:br/>
+                5. Holiday Inn Toronto Airport East：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→寻找“Ground Level”的指示牌，乘坐扶梯或直梯抵达Ground Level→出航班站楼→在Post F3下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 41下酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)4162407511
                 <w:br/>
                 地址：600 Dixon Rd, Etobicoke, ON M9W 1J1, Canada
                 <w:br/>
                 <w:br/>
                 ※参团当日我司可提供付费接机服务，付费接机时间：09:00-22:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人），接机使用车型为7座车，最多6人，费用为USD$90.00 / CAD$120.00/单程。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crowne Plaza Toronto Airport, an IHG Hotel或同级</w:t>
+              <w:t xml:space="preserve">Four Points by Sheraton Toronto Mississauga或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 多伦多-尼亚加拉瀑布-多伦多
                 <w:br/>
-                今天我们将出发前往尼亚加拉瀑布。首先搭乘尼亚加拉瀑布船，踏上前往尼加拉瀑布底部的惊险旅程。这段难忘的旅程可让您欣赏到尼加拉峡谷、美国瀑布和新娘面纱瀑布的壮丽景色，近距离接触标志性的加拿大马蹄瀑布，体验这些自然奇观雷鸣般的轰鸣声和令人神清气爽的雾气。接着打卡尼亚加拉瀑布最著名的街道——克利夫顿山商业街区，您可以在这里自费享用午餐。下午进入尼亚加拉瀑布水帘通道，站在这座13层楼高的奇迹脚下的观景台上，眼前的一切景象将让您屏住呼吸。最后深度探索大瀑布周边的各大著名景点。参观长达百年历史的尼亚加拉水电站，在旋涡州立公园俯瞰神奇大漩涡，打卡由数千种植物花卉组成的花钟，最后沿着安大略省最古老大道之一的尼亚加拉公园大道，游览号称“世界七大童话小镇”之一的湖滨小镇，沉浸式感受维多利亚时代完整遗存的英格兰风情。
+                今天我们将出发前往尼亚加拉瀑布。首先搭乘尼亚加拉瀑布船，踏上前往尼加拉瀑布底部的惊险旅程。这段难忘的旅程可让您欣赏到尼加拉峡谷、美国瀑布和新娘面纱瀑布的壮丽景色，近距离接触标志性的加拿大马蹄瀑布，体验这些自然奇观雷鸣般的轰鸣声和令人神清气爽的雾气。接着打卡尼亚加拉瀑布最著名的街道——克利夫顿山商业街区，您可以在这里自费享用午餐。下午去到尼亚加拉瀑布观景台和尼亚加拉瀑布水帘通道，站在这座13层楼高的奇迹脚下的观景台上，眼前的一切景象将让您屏住呼吸。最后深度探索大瀑布周边的各大著名景点。之后您可在枫叶广场了解加拿大传统枫糖，参观长达百年历史的尼亚加拉水电站，在旋涡州立公园俯瞰神奇大漩涡，打卡由数千种植物花卉组成的花钟，最后沿着安大略省最古老大道之一的尼亚加拉公园大道，游览号称“世界七大童话小镇”之一的湖滨小镇，沉浸式感受维多利亚时代完整遗存的英格兰风情。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                多伦多 → 尼亚加拉瀑布 → 尼亚加拉瀑布船（自费，60分钟）→ 克利夫顿山商业街区（90分钟，可自费享用午餐）→ 尼亚加拉瀑布水帘通道（自费，60分钟）→ 尼亚加拉深度游（必付项目，2小时）→ 多伦多
-[...2 lines deleted...]
-                尼亚加拉深度游：尼亚加拉水电站（20分钟）→ 尼亚加拉旋涡州立公园（15分钟）→ 花钟（10分钟）→ 童话小镇：尼亚加拉湖滨小镇（30分钟）
+                <w:br/>
+                多伦多 → 尼亚加拉瀑布 → 尼亚加拉瀑布船（自费，60分钟）→ 克利夫顿山商业街区（90分钟，可自费享用午餐）→ 尼亚加拉瀑布观景台（15分钟）→ 尼亚加拉瀑布水帘通道（自费，45分钟）→ 尼亚加拉深度游（必付项目，2小时）→ 多伦多
+                <w:br/>
+                <w:br/>
+                尼亚加拉深度游行程安排：枫叶广场（30分钟，可品尝地道枫叶糖）→ 尼亚加拉水电站（5分钟）→ 尼亚加拉旋涡州立公园（10分钟，外观旋涡空中缆车+旋涡急流）→ 花钟（5分钟）→ 昆士顿高地公园（途经）→ 童话小镇：尼亚加拉湖滨小镇（30分钟）
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
-                <w:br/>
                 1. 由于尼加拉瀑布船运营调整，12/01/2025-12/25/2025期间周二周三出发的班期&amp;自01/01/2026起出发全部班期将无法前往该景点。2026年景点开放时间另行通知。
                 <w:br/>
                 2. 尼加拉瀑布船关闭期间，原行程安排将改为前往：天龙塔观瀑（自费，40分钟）；给您带来的不便敬请谅解。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crowne Plaza Toronto Airport, an IHG Hotel或同级</w:t>
+              <w:t xml:space="preserve">Four Points by Sheraton Toronto Mississauga或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1534,51 +1519,51 @@
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 18岁以下未成年人或儿童必须由成人陪伴参团，单独旅行的未成年人或儿童不能参加。如果订单内含儿童，请务必在预定行程时提前备注告知儿童年龄，否则将按成人标准在现场收取费用。出于对孕妇安全的考虑，孕妇参团需在行程结束时怀孕不超过24周。
                 <w:br/>
                 2. 请在预定时务必提供准确、完整的信息，包括姓名、性别、有效的联系方式（最好是手机，如有问题，方便通知）、准确的航班信息或参团地点等，以免产生预定错误，影响出行。如因您提供错误信息而造成损失，由您自行承担。
                 <w:br/>
-                3. 酒店有不同的房间类型，例如一张King/Queen Size的大床房或两张Double Size的双床房。每个房间可合法住宿的最多人数在2 到4 人，包括成人和儿童。另外每个酒店都有不同的收取押金的方式（多以信用卡办理押金的收取与退还），届时需要参团客人根据不同规定给予配合。纵横海鸥保证客人的用房数量，但不保障具体房间类型和所处位置。酒店的入住时间通常在15:00以后。
+                3. 酒店有不同的房间类型，例如一张King/Queen Size的大床房或两张Double Size的双床房。每个房间可合法住宿的最多人数在2 到4 人，包括成人和儿童。另外每个酒店都有不同的收取押金的方式（多以信用卡办理押金的收取与退还），届时需要参团客人根据不同规定给予配合。地接社保证客人的用房数量，但不保障具体房间类型和所处位置。酒店的入住时间通常在15:00以后。
                 <w:br/>
                 4. 参团客人需跟团上导游购买门票，不可自行带票或使用City Pass。景点的门票费和团上餐费可能会根据景点官方的临时通知而变动，以当日景点公布的价格为准。
                 <w:br/>
                 5. 地接社有权在方便出团操作的情况下，对行程顺序进行适当调整以确保旅游团顺利进行，但不会减少行程中应包含的项目。
                 <w:br/>
                 6. 实际出行过程中，导游或司机有权根据天气、交通等情况，适当调整景点的游览顺序、停留时间或集合时间以确保行程顺利进行。
                 <w:br/>
                 7. 如遇景点临时关闭或节假日（感恩节、圣诞节、新年）关闭等，导致无法参观，导游会根据实际情况调整为外观或以其他景点代替以确保行程的丰富性。各景点及国家公园的开放时间及流量控制会不时变化，如影响行程属不可抗力因素，敬请谅解。
                 <w:br/>
                 8. 八岁以下儿童参团需乘坐安全座椅，地接社提供租借服务，租金$10.00/人/天，请务必在预定行程时提前备注告知，以便我们提前准备，如因客人未提前告知所造成的违规和罚金由客人自行承担，敬请理解。出行当日安排大巴出行无需安全座椅，费用可退还客人。
                 <w:br/>
                 9. 行程中众多旅游景点需要参团人具备基本的健康条件。残疾人士和行动不便者报名参团前请提前联系获取相关政策信息。若没有及时通知，我司不能保证为客人提供轮椅升降巴士或安排合适的座位。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1893,51 +1878,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>