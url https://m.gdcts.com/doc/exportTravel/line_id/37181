--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251115SP68210679</w:t>
+              <w:t xml:space="preserve">TX-20260101SP68210679</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -403,59 +403,57 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色：
                 <w:br/>
                 1、连住2晚柏祥森林度假酒店山景房（带阳台）
                 <w:br/>
-                2、食足6餐：2早+酒店4正餐
-[...7 lines deleted...]
-                6、体验森林“大氧吧“，自行游览南昆山森林公园
+                2、食足2餐：2早
+                <w:br/>
+                3、无限次浸泡公共温矿泉/畅游超大户外游泳池/干湿蒸桑拿/
+                <w:br/>
+                4、10人以上报名赠送电动麻将任玩（两个名额、先到先得）
+                <w:br/>
+                5、体验森林“大氧吧“，自行游览南昆山森林公园
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -578,70 +576,70 @@
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第1天：广州—南昆山柏祥森林度假酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
                 <w:br/>
                 09:30/10:00前往【南昆山柏祥森林度假酒店】办理入住,酒店坐落在风景优美，被人们称为"北回归线上的绿洲"和"南国避暑天堂"的惠州市龙门县南昆山国家森林公园内。
                 <w:br/>
                 可在温泉开放时间内自行前往浸泡【中国第一高山温泉--柏祥温矿泉】(开放时间：16:00-晚上22:30，具体开放池子开放数量由酒店当天安排为准)，浸泡在竹影婆娑的“柏祥温矿泉”里，呼吸着原始森林释放出来的新鲜负离子氧气，让身体吸收温矿泉的精华元素，享受天人合一般的“森林养生泉浴疗法”，是休闲度假、放松心灵的理想地。
                 <w:br/>
-                17:20-19:20：前往享用晚餐（套餐/围餐，不指定安排，以酒店安排为准）后自由活动。
+                17:20-19:20：自理晚餐后自由活动。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -673,51 +671,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第二天：南昆山柏祥森林度假酒店
                 <w:br/>
                 酒店内自由活动
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -728,78 +726,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第3天：南昆山柏祥森林度假酒店—广州（第二天游客酒店内自由活动）
+                第3天：南昆山柏祥森林度假酒店—广州
                 <w:br/>
                 07:00-10:30睡到自然醒，享用早餐。
                 <w:br/>
-                12:00 赠送午餐（套餐/围餐，不指定安排，以酒店安排为准）
+                12:00 自理午餐
                 <w:br/>
                 约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
                 <w:br/>
                 【时间提供参考，实际按当天通知为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -848,51 +846,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，一人一正座；
                 <w:br/>
                 2、住宿：柏祥森林度假酒店山景房（带阳台），（酒店有少量三人房，需咨询房态后下单，单人需要补房差）；  
                 <w:br/>
-                3、用餐：2早+2午餐+2晚餐（包含的餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)；
+                3、用餐：2早（包含的餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)；
                 <w:br/>
                 4、温泉：公共温泉；
                 <w:br/>
                 5、导游：提供专业导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1151,51 +1149,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>