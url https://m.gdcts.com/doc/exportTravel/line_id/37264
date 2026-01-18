--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南洋】金马伦怡保吉隆坡六天五晚丨苔藓森林丨BOH茶园丨金马伦瀑布丨广州往返行程单</w:t>
+        <w:t xml:space="preserve">【南洋】金马伦怡保吉隆坡六天五晚丨BOH茶园丨金马伦瀑布丨广州往返行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -394,51 +394,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【优质客机】甄选优质航空客机，正点直航吉隆坡
                 <w:br/>
-                【经典打卡】苔藓森林、BOH茶园、金马伦瀑布、薰衣草花园、绵羊之家、怡保市政厅、老火车站等
+                【深度打卡】时光隧道纪念品博物馆、BOH茶园、金马伦瀑布、薰衣草花园、绵羊之家、怡保市政厅、镜湖、老火车站等
                 <w:br/>
                 【特色美食】碳炉火锅、芽菜鸡、特色竹筒饭+仁当
                 <w:br/>
                 【升级住宿】3晚吉隆坡网评四钻+1晚金马伦网评五钻+1晚怡保四钻温泉酒店
                 <w:br/>
                 【特别赠送】薰衣草雪糕每人一份、怡保酒店温泉票每人1张（单次）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -727,57 +727,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 金马伦 - 怡保
                 <w:br/>
                 早餐后随导游开展今天精彩的旅程。
                 <w:br/>
-                你听过碧兰璋山上神秘的【苔藓森林 Mossy Forest】吗？层层迷雾的笼罩在奇妙的氛围里，仿佛身临电影《魔戒》和《阿凡达》的场景，这座海拔2032米、马来西亚最古老，并有着2亿年历史的森林将会是一个值得你探索的隐藏宝石。
+                【时光隧道Time Tunnel】位于Brinchang是马来西亚第一间纪念品博物馆，里边展出超过1000件玩具、生活用品、海报等怀旧物品。在这个小孩宁愿玩手机也不要打guli的年代，这些古早味的东西，绝对可以让你仿佛回到过去那些淳朴又快乐的时光。
                 <w:br/>
                 【薰衣草花园】位于金马伦半山腰，院内种植着大量薰衣草，种植田的周围立有多个文艺装饰。因为马来西亚气候的关系，虽然这里培植的薰衣草没办法与国外比较，但园方也花尽心思布置环境，小片小片的薰衣草搭配起其他鲜艳花朵，却也形成了五颜六色的七彩花海，园区内也有不少值得浏览的摆设、场景，和亲友在这里一边拍照一边闻着随风带来的阵阵花香，也是一种无上额度的享受！ 此外，园区内还种植有牵牛花、金钱菊等美丽的花草，可供游客游览照相使用。特别赠送：每人一份薰衣草雪糕。
                 <w:br/>
                 不必远赴新西兰，在【绵羊之家】既能避暑又能看羊，来自澳大利亚的迷你绵羊每日在草坪漫步，绵羊温顺无虞。
                 <w:br/>
                 乘车前往光良和杨紫琼的故乡，有小桂林山城之称的——【怡保】（车程约2.5小时）。
+                <w:br/>
+                前往马来西亚石灰岩仙境中的一颗隐藏宝石——【镜湖】镜湖坐落于迷人的怡保市，当地人称之为 Tasik Cermin，在马来语中意为“镜子湖”。 该湖的名字恰如其分，因其表面如玻璃般透明，倒映着周围的石灰岩悬崖和绿色植物，创造出美丽而神奇的风景。（含门票）
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、由于苔藓森林的温度比较低，请确保携带徒步旅行所需的所有设备。
                 <w:br/>
                 2、森林内小径很具有挑战性，即使有绳索栏杆帮助攀爬，也请谨慎小心，注意安全。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
@@ -1390,51 +1392,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>