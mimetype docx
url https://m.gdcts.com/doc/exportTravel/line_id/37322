--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -748,53 +748,53 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【莫斯科-摩尔曼斯克】搭乘内陆段飞机前往摩尔曼斯克机场（（内陆段航班参考：DP6855/18:10-20:50，飞行时间约2.5小时 ） 入住酒店，享用晚餐，第一次追光
                 <w:br/>
                 早餐后，搭乘航班前往摩尔曼斯克。抵达后大巴接机，送至市区酒店休息。
                 <w:br/>
                 晚餐后，驱车前往郊区开始第一次猎北极光，而后返回摩尔曼斯克市区酒店休息。
                 <w:br/>
                 【极光】：一种因太阳活动和地球磁场的共同作用而在南北两极产生的自然现象，在不能去太空的情况下，极光可能是人类能接触到的最近的宇宙奇迹。它遥远、美丽且稀有，吸引了无数人的好奇与向往，成为很多人生终极打卡清单中的必备选项。
                 <w:br/>
                 注意：
                 <w:br/>
-                1、本行程中特别安排猎捕极光活动，时间在2-3小时左右。
-[...1 lines deleted...]
-                2、极光的出现受各种因素影响，不能提前预测时间，所以有可能会看不到极光，敬请见谅！
+                1、本行程中特别安排猎捕极光活动，时间在2-3小时左右（包含往返车程）。
+                <w:br/>
+                2、极光的出现受各种因素影响，无法提前预测时间，我们将全力协调安排追光，若最终受天气或特殊因素影响而未能见到极光，我社不作任何赔偿退款！敬请见谅！
                 <w:br/>
                 景点：第一次追光
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -832,66 +832,61 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【摩尔曼斯克（车程约4H）-捷里别尔卡-摩尔曼斯克】 北冰洋沙滩，船舶墓地，涂鸦船，鲸鱼骨架，冰封王座，网红秋千，第二次追光
                 <w:br/>
                 早餐后，乘车前往捷里别尔卡。
                 <w:br/>
                 【捷里别尔卡小镇 】提名奥斯卡的著名影片《利维坦》的拍摄地，这里还有一具惊人的【鲸鱼骨架】。这个村庄很小，沿着主路不到一个小时就可以走完，沿途是枯萎的树木、坍塌的围栏、 破败的旧房屋摇摇欲坠。
                 <w:br/>
-                街上稀稀拉拉的一两个人影，都会让你感觉仿佛置身在一 个荒芜的、被抛弃了的远方。而来到码头，更是
-[...4 lines deleted...]
-                里曾发展为当地重要的渔业中心，但随着超大船只的到来，捕鱼业逐渐衰退，留下许多废 弃的船舶，而在洋流的作用下，这个海港渔村也成为了海上失事船舶最后的停靠点， 因此被称为 “船舶的墓地 ”。
+                街上稀稀拉拉的一两个人影，都会让你感觉仿佛置身在一 个荒芜的、被抛弃了的远方。而来到码头，更是看到了历史长河中流淌着的故事。 因北大西洋暖流的原因，捷里别尔卡是北极圈内的不冻港，终年可通航。这里曾发展为当地重要的渔业中心，但随着超大船只的到来，捕鱼业逐渐衰退，留下许多废 弃的船舶，而在洋流的作用下，这个海港渔村也成为了海上失事船舶最后的停靠点， 因此被称为 “船舶的墓地 ”。
                 <w:br/>
                 【北冰洋】摩尔曼斯克是北极圈内世界上最大的城市，也是俄罗斯北冰洋沿岸唯一的 不冻港和最大的港口之一。【网红秋千】 海滩上的巨型秋千据说是世界上最北的秋千。 【冰封王座】世界尽头王者的座位，好似游戏里的王座。【鲸鱼骨架】电影《利维坦》于此取景，为了向导演Zvyagintsev 致敬，在捷里别尔卡堆放了这座鲸鱼骨架。
                 <w:br/>
                 晚餐后，休息片刻，在身心愉悦之下领队和导游将带领您第二次追寻美丽的自然景观-北极光，之后返回摩尔曼市区酒店休息。
                 <w:br/>
                 注意：
                 <w:br/>
                 1、如因风雪封路无法前往捷里别尔卡，此天改市区游览，不做另行通知，无费用退还，敬请理解！
                 <w:br/>
-                2、极光的出现受各种因素影响，不能提前预测时间，所以有可能会看不到极光，敬请见谅!!
+                2、极光的出现受各种因素影响，无法提前预测时间，我们将全力协调安排追光，若最终受天气或特殊因素影响而未能见到极光，我社不作任何赔偿退款！敬请见谅！
                 <w:br/>
                 今日推荐自费项目【出海追鲸】，乘坐观赏船只探寻鲸鱼，当鲸鱼从海面跃起的那一刻，所有寒冷刺骨都是值得的！
                 <w:br/>
                 景点：北冰洋沙滩，船舶墓地，涂鸦船，鲸鱼骨架，冰封王座，网红秋千，第二次追光
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：帝王蟹餐(每人一只蟹脚)     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
@@ -937,51 +932,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【摩尔曼斯克（车程约2.5H）-萨米村-摩尔曼斯克】萨米族服饰体验，萨米村参观，投喂驯鹿，萨米小游戏，第三次追光
                 <w:br/>
                 早餐后，乘车前往萨米民俗村。
                 <w:br/>
                 参观【萨米民俗村】， 萨米族是俄罗斯最古老的土著民族之一，1930 年以前被称为拉普人。【体验萨米族传统服饰】感受萨米族讲萨米语，吃林森最纯洁的鹿肉（若没有鹿肉则改为鱼肉，敬请理解）；小松鼠肉被灌成香肠，狐狸被当做宠物；萨米族盛产鱼，皮草，鹿骨雕刻，河珍珠，最有名的是铁艺制品。在这里您可以亲身体验【喂养驯鹿】。体验拔河游戏，以及萨米村趣味小足球游戏。
                 <w:br/>
                 晚餐后，休息片刻，在身心愉悦之下领队和导游将带领您第三次追寻美丽的自然景观-北极光，追光结束后返回摩尔曼市区酒店休息。
                 <w:br/>
                 注意：
                 <w:br/>
                 1、如因风雪封路无法前往萨米村，此天改市区游览，不做另行通知，无费用退还，敬请理解！
                 <w:br/>
-                2、极光出现受各种因素影响，不能提前预测时间，所以有可能会看不到极光，敬请见谅!
+                2、极光的出现受各种因素影响，无法提前预测时间，我们将全力协调安排追光，若最终受天气或特殊因素影响而未能见到极光，我社不作任何赔偿退款！敬请见谅！
                 <w:br/>
                 今日推荐自费项目【射击体验】，枪械射击体验，圆您军事梦！【驯鹿拉雪橇】，感受独特的雪地交通工具。
                 <w:br/>
                 景点：萨米族服饰体验，萨米村参观，投喂驯鹿，萨米小游戏，第三次追光
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：特色简餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
@@ -1109,52 +1104,52 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【莫斯科】克里姆林宫（外观不入内），亚历山大花园，卫国战争长明火，无名烈士墓，红场，国家历史博物馆(外观)，圣瓦西里升天大教堂(外观)，吉姆百货
                 <w:br/>
                 早餐后，游览【克里姆林宫】（外观），全称莫斯科克里姆林宫，位于俄罗斯首都最中心的博罗维茨基山岗上，南临莫斯科河，西北接亚历山大罗夫斯基花园，东南与红场相连，呈三角形。始建于 1156 年，享有“世界第八奇景 ”的美誉，是俄罗斯国家的象征，是世界上最大的建筑群之一，是历史瑰宝、文化和艺术古迹的宝库，被列入了世界文化遗产名录。
                 <w:br/>
                 打卡【红场】，位于俄罗斯首都莫斯科市中心，临莫斯科河，是莫斯科最古老的广场，是重大历史事件的见证场所。是世界著名旅游景点。浏览【俄罗斯国家历史博物馆】（外观），一座建筑造型非常美丽且极具新俄罗斯风格的朱红色建筑物。【圣瓦西里升天大教堂】（外观游览），位于俄罗斯首都莫斯科市中心的红场南端，紧傍克里姆林宫。现为俄罗斯国立历史博物馆分馆，作为建筑文物供人参观。
                 <w:br/>
                 【古姆百货大楼】，建于1893年的“古姆 ”，今天已成为世界知名的十大百货商店之一。与其说它是商店，不如说它更像宫殿，极具欧洲古典风格的米黄色建筑和旁边色彩瑰丽的教堂和谐地组成红场上一道亮丽的风景【亚历山大花园】，克里姆林宫红墙外的一个长方形公园。花园内有著名的无名烈士墓，它建成于 1967 年胜利节的前夜，墓前有一火炬，被称为卫国战争的长明火，不灭的火焰自建成时一直燃烧。
                 <w:br/>
-                <w:br/>
                 晚餐后，入住酒店休息。
+                <w:br/>
                 <w:br/>
                 温馨提示：克里姆林宫周四关闭； 红场、克里姆林宫如举行政治活动或有特殊事件会关闭，只能外观。
                 <w:br/>
                 今日推荐自选项目-【克里姆林宫】（须提前预定，后附价格表）享有“世界第八奇景”的美誉，是俄罗斯国家的象征，世界上最大的建筑群之一，作为历史瑰宝、文化和艺术古迹的宝库被列入世界文化遗产名录。
                 <w:br/>
                 【莫斯科大马戏】如果一生只看一场马戏，那一定是莫斯科大马戏！
                 <w:br/>
                 景点：克里姆林宫（外观不入内），亚历山大花园，卫国战争长明火，无名烈士墓，红场，国家历史博物馆(外观)，圣瓦西里升天大教堂(外观)，吉姆百货
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2948,51 +2943,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>