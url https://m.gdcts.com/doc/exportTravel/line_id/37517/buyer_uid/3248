--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1214,50 +1214,54 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、自理项目：行程不含的费用；例如雪山能量包110元/人，虎跳峡升降梯：50元/人单程，70元/人往返（价格仅供参考，以当地报价为准）
                 <w:br/>
                 2、因交通延误、取消等意外事件或不可抗力原因导致的额外费用；
                 <w:br/>
                 3、游意外保险及航空保险（建议旅游者购买）；
                 <w:br/>
                 4、自由活动期间交通费和餐费；
                 <w:br/>
                 5、单房差费用自理，淡季参考报价700元/人（五一、暑期、国庆、春节等节假日现询）；
                 <w:br/>
                 6、因旅游者违约、自身过错、自身疾病等自身原因导致的人身财产损失而额外支付的费用；
+                <w:br/>
+                7、儿童价仅含：2-12周岁儿童：含始发地至版纳往返机票（含燃油税）、旅游汽车费、正餐餐费。
+                <w:br/>
+                儿童价不含：门票、床位、早餐费（早餐费按入住酒店收费规定，由家长现付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1533,51 +1537,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>