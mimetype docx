--- v0 (2025-12-13)
+++ v1 (2026-02-26)
@@ -343,100 +343,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州飞腾冲 CZ6663/0855-1200  广州-腾冲CZ6664/1255-1520  
+                去程：广州腾冲 CZ6663/0855-1200  
+                <w:br/>
+                回程：腾冲广州 CZ6664/1255-1520  
                 <w:br/>
                 仅供参考，以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★黄金航班：广州飞腾冲 CZ6663/0855-1200  广州-腾冲CZ6664/1255-1520 
+                ★黄金航班：广州飞腾冲 CZ6663/0855-1200  腾冲飞广州CZ6664/1255-1520 
                 <w:br/>
                 ★品质保证：一价全含0自费，纯玩品质收客无忧
                 <w:br/>
                 ★特别赠送：特别赠送云峰山温泉&amp;感受天然温泉SAP（自备泳衣）
                 <w:br/>
                 ★住宿升级：精选网评3晚4钻住宿+腾冲特别升级1晚云峰山温泉度假酒店
                 <w:br/>
                 ★超级赠送：赠送史诗级表演《梦幻腾冲》，感受腾冲的悠久历史和灿烂文化
                 <w:br/>
                 ★道教腾冲：【云峰山景区】-“道教名山”登临无限意，欲穷险地，难忘九隘八关
                 <w:br/>
                 ★金色腾冲：【银杏村】--每到深秋，房前屋后，黄叶纷飞，异常美丽  
                 <w:br/>
                 ★温泉奇观：【热海景区】--大滚锅、珍珠泉、蛤蟆嘴、美女池、鼓鸣泉、怀胎井等奇观
                 <w:br/>
                 ★文明奇观：【勐焕大金塔】--堪称中国第一金佛塔，亚洲第一空心佛塔
                 <w:br/>
                 ★魅力古镇：【和顺侨乡】--“中国十大魅力名镇之首”
                 <w:br/>
                 ★文化景观：【一寨两国】缅甸的母鸡到中国来下蛋，中国的瓜藤爬到缅甸去结果
                 <w:br/>
                 ★特色赠送：【品尝松花糕】--上层金黄，下层酱紫
                 <w:br/>
                 ★特色美食：【腾药宴】--是将中药与食材相结合的补益养生膳食
                 <w:br/>
@@ -751,78 +753,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第三天：云峰山景区→银杏村→梦幻腾冲→住腾冲
+                第三天：云峰山景区→北海湿地→梦幻腾冲→住腾冲
                 <w:br/>
                 上午：酒店自助早餐。赠送游玩【云峰山景区】（车程约10分钟，含往返索道+电瓶车，游约1.5小时，赠送项目不去不退不换）拔地而起、直刺苍穹的云峰山，山腰上环绕着缥缈的云雾，整座山峰宛如若隐若现的人间仙景，给您“飘然欲仙”的感觉。
                 <w:br/>
-                下午：后前往游览【银杏村】（车程约40分钟，含门票+电瓶车，游玩约1.5小时）在"树树秋声、山山寒色"的深秋里，有一个地方，你一定要去--那就是静谧梦幻的腾冲银杏村。这里是宛如天堂的静谧秋景；这里是冬季里的金色梦想; 这里是电影《武侠》的拍摄地；这里是天堂的后花园；这里"村在林中，林在村中"相互依托；这里是天下第一银杏王国。每到深秋，房前屋后，黄叶纷飞，异常美丽。珍贵的百年银杏树让这个小村庄显得古朴和深邃。你可以尽情地在天堂里撒欢，让灵魂在金黄之间自由飘逸，为那一树树灿若黄金的奇特景观叹服。
+                下午：游览世界唯一的湖泊浮毯【北海湿地】（含门票，含游船），这里是我国西南地区唯一的高原火山堰塞湖湿地，也是世界罕见的浮毯式草排湿地，被称作浮在水面上的草原。置身大自然馈赠的湿地之中，鸟语花香，让我们一起领略“澄波汇山麓”的北海，追寻徐霞客千年前停驻的足迹。
                 <w:br/>
                 晚上：晚餐后赠送大型歌舞视觉盛宴《梦幻腾冲》（表演时间约 90 分钟，赠送项目不用不退费），将腾冲开天劈地的历史和现状逐一向观众和世人讲述，立体多样地呈现了腾冲的魅力，以舞蹈、歌曲、杂技、音乐小品等形式，多角度地展现了腾冲从古至今的历史及文化，立体、全面的舞台表演，穿越时空隧道，让观众“身临其境”，展现极边之地腾冲的自热文化、历史文化、现实生活的独特魅力。结束后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：银杏宴     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">腾冲维也纳酒店、建安酒店、麦田印象假日酒店、香榭丽大酒店、东方轩逸假日酒店、民航酒店或不低于以上级别</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -833,57 +835,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第四天：边贸集市→滇西抗战纪念馆（盲盒体验）→和顺古镇→品松花糕→住腾冲
+                第四天：边贸集市-界头镇赏油菜花→和顺古镇→品松花糕→住腾冲
                 <w:br/>
                 上午：酒店自助早餐。前往参观【腾冲边贸集市】（车程约30分钟，游览约2小时）是集翡翠原石采买、成品加工、批发零售为一体的大型国营翡翠交易市场，曾一度是我国翡翠交易的核心企业之一，对中国翡翠产业的发展，具有举足轻重的地位。
                 <w:br/>
-                下午：赠送前往【滇西抗战博物馆】（车程约30分钟，游览约1小时，周一闭馆，敬请谅解）滇西抗战纪念馆始建于1944年，位于腾冲县城西南来凤山下。是第二滇西抗战纪念馆次世界大战期间，腾冲人民为纪念中国远征军第20集团军抗日阵亡将士及死难民众而修建的烈士陵园。【根据季节安排【盲盒体验】游玩。（10月底-1月份安排抗日战争纪念馆；2-3月份安排来凤山赏山茶花）】
-[...1 lines deleted...]
-                游览【和顺古镇】（车程 约30分钟，游览约2小时，含门票）和顺侨乡曾被誉为“中国十大魅力名镇之首”。和顺古名阳温暾，现称和顺镇，因境内一条小河绕村而过，更名“河顺”，后取“士和民顺”之意，雅化为和顺乡。和顺历史文化悠久，以华侨出国历史长、侨属多而成为我省著名的侨乡。这里还是《北京爱情故事》、《我们来了》的取景地，主要游览全国最大的乡村图书馆、文昌宫、洗衣亭、龙潭、艾思奇故居。赠送品尝【松花糕】“松花糕”是腾冲的小吃，以松花粉、红豆制成，上层金黄，下层酱紫，铺展在绿色的芭蕉叶上，色彩分明，看上去十分新奇。小小的一块松花糕方方正正，几口便能吃完，但当它渐渐融化在唇齿之间，那温润香甜的感觉却可直达心田，萦绕不散、久久难忘，像一位老友，给我无限的怀念。
+                下午：乘车前往【界头镇观赏油菜花】（约80分钟车程、游1.5小时，3月份），界头花海镇位于腾冲市北部边境，是高黎贡山环抱下的“花园盆地”，每当油菜花盛开的时候，这里的万亩油菜花是成为界头醉美的景色，由于界头旅游资源奇特，风光旖旎迷人，被（中国回家地理）和全国媒体评选为“云南美的地方”
+                <w:br/>
+                      后游览【和顺古镇】（车程 约30分钟，游览约2小时，含门票）和顺侨乡曾被誉为“中国十大魅力名镇之首”。和顺古名阳温暾，现称和顺镇，因境内一条小河绕村而过，更名“河顺”，后取“士和民顺”之意，雅化为和顺乡。和顺历史文化悠久，以华侨出国历史长、侨属多而成为我省著名的侨乡。这里还是《北京爱情故事》、《我们来了》的取景地，主要游览全国最大的乡村图书馆、文昌宫、洗衣亭、龙潭、艾思奇故居。赠送品尝【松花糕】“松花糕”是腾冲的小吃，以松花粉、红豆制成，上层金黄，下层酱紫，铺展在绿色的芭蕉叶上，色彩分明，看上去十分新奇。小小的一块松花糕方方正正，几口便能吃完，但当它渐渐融化在唇齿之间，那温润香甜的感觉却可直达心田，萦绕不散、久久难忘，像一位老友，给我无限的怀念。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：铜瓢牛肉     晚餐：腾药宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1043,53 +1045,55 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、大交通：广州飞腾冲往返团队机票（航班、机型、时间以及来回地点以出票为准，含机场建设费及燃油税。团队机票一经出票后不得改签退票，取消费用全损，只退税）。
                 <w:br/>
                 2、门票：含行程所列景区首道大门票，不含未注明景区小交通费用（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
                 3、酒店：含4晚酒店住宿，为标准双人间含每人每天一床位（小孩价不占床位）。
                 <w:br/>
-                4、膳食：含4早8正（八菜一汤、正餐餐标40元/人，特色餐：孔雀宴+银杏宴+腾药宴+铜瓢牛肉），房费含早餐未用不退、正餐为统一安排，如临时取消用餐不予退费，如团人数不足10人时，菜品将酌情作出相应减少或退餐处理）。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                4、膳食：含4早8正（八菜一汤、正餐餐标40元/人，菌火锅餐标50元/人，特色餐：孔雀宴+腾药宴+铜瓢牛肉），房费含早餐未用不退、正餐为统一安排，如临时取消用餐不予退费，如团人数不足10人时，菜品将酌情作出相应减少或退餐处理）。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 5、导游：行程中安排国家持证导游上岗，保证服务。10成人以上安排导游，10人以下司兼导。
+                <w:br/>
+                6、2-12岁之间的儿童报价含广州至腾冲往返机票（含燃油税）、旅游汽车费、正餐餐费、导游服务费。不含早餐、门票、床位。（早餐费按入住酒店收费规定，由家长现付，门票超高自理），小孩也不享受赠送项目/景点。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1104,50 +1108,54 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、现补房差：如产生单男单女又无法拼房时须在出发前补房差。
                 <w:br/>
                 2、自费项目：航空险、旅游意外险。
                 <w:br/>
                 3、行程不含的自理项目。
                 <w:br/>
                 4、因不可抗力因素所产生的一切额外费用。团队进行中的旅客个人消费以及临时游客自行放弃或改变景点、住宿与用餐标准等产生的增补费用。
                 <w:br/>
                 5、私自离团：客人在走行程过程中未经我社同意私自离团，后果自负，未产生的费用恕不退还。
                 <w:br/>
                 6、旅游保险：旅游意外险和航空保险。强烈建议每位游客在团队出发前购买。
+                <w:br/>
+                7、儿童价仅含：2-12周岁儿童：含始发地至版纳往返机票（含燃油税）、旅游汽车费、正餐餐费。
+                <w:br/>
+                8、儿童价不含：门票、床位、早餐费（早餐费按入住酒店收费规定，由家长现付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1423,51 +1431,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>