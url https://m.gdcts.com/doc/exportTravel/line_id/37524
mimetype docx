--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇牌玩家】澳大利亚名城8天海岸线之旅 | 悉尼 | 布里斯本 | 黄金海岸 (南航 广州往返)行程单</w:t>
+        <w:t xml:space="preserve">【皇牌玩家】澳大利亚海陆空8天澳境奇观之旅 | 悉尼 | 布里斯本 | 黄金海岸 (南航 广州往返)行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCCZ08SNST#2547</w:t>
+              <w:t xml:space="preserve">OCCZ08SNST#2610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-悉尼             参考航班：CZ301/08:50-19:40
-[...1 lines deleted...]
-                布里斯本 -/- 广州	参考航班：CZ382/10:10-17:40
+                广州-/-布里斯本   航班：CZ381/20:55-08:30+1
+                <w:br/>
+                悉尼-/-广州          航班：CZ326/11:25-18:00
                 <w:br/>
                 仅供参考，以实际出票为准
                 <w:br/>
                 可搭配全国联运服务，具体增加费用需以实际报价为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -398,68 +398,83 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
-                澳式牛扒餐、渔市场自费品尝海鲜，品尝当地饮食，深入了解当地生活习俗；
+                正餐中式餐升级为八菜一汤，呵护您的中国胃；
+                <w:br/>
+                希路美酒庄：海鲜拼盘；海鲜风味自助餐；
+                <w:br/>
+                黄金海岸澳洲国宴风味餐（龙虾东星斑袋鼠肉野味风味餐）； 
+                <w:br/>
+                韩式BBQ烧烤餐，品尝当地饮食，深入了解当地生活习俗；悉尼塔自助晚餐共享美景美食；
+                <w:br/>
+                <w:br/>
+                住宿升级
+                <w:br/>
+                连升3晚五星酒店，舒服度拉满！
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
-                【悉尼/黄金海岸各一天自由活动】：旅游探亲两不误，自由选择；
+                【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
                 【悉尼环形码头车站】：欣赏悉尼两大地标建筑的壮丽景色，探索悉尼的独特魅力；
                 <w:br/>
-                【蓝山国家公园】：探访新南威尔士州著名的世界自然遗产公园，探索自然美景；
+                【杰维斯湾观海豚生态游】：乘坐观光船出海造访野生海豚保护区，与大自然来一次全方位亲密接触；
+                <w:br/>
+                【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
+                <w:br/>
+                【黄金海岸直升飞机】：您将欣赏到城市天际线和连绵起伏腹地的壮丽景色；
                 <w:br/>
                 【滑浪者天堂】： “电影海王取景地”、全世界最长的海岸线，绵长的金色沙滩；
                 <w:br/>
-                【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
-[...1 lines deleted...]
-                【SkyPiont观景台】：澳洲唯一一座 360 度海滨观景台，充分感受黄金海岸天际线带给您的视觉震撼；
+                【5星酒庄-希路美】：徜徉在被评比为五星级的葡萄园酒庄内，来一场景致的品酒之旅；
+                <w:br/>
+                【澳式山庄】：独家高尔夫球学习并挥杆体验、自驾高尔夫球车追野生袋鼠、篝火晚会、乡村舞蹈及观星空目睹奇妙的南十字星；；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 南方航空：荣获中国民航飞行安全最高奖——五星奖；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
@@ -583,754 +598,750 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-悉尼	航班：CZ301/08:50-19:40
-[...1 lines deleted...]
-                当天于指定时间在广州白云机场国际出发厅集中；在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“最大城市“—悉尼。享受着机上的影音设备及空乘服务，抵达后入住酒店。
+                广州-/-布里斯本	参考航班：CZ381/21:20-08:30+1
+                <w:br/>
+                当天于指定时间在广州白云国际机场集中；在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚第三大城市“阳光之城“—布里斯本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：机上午餐     晚餐：机上晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">航机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼 – 蓝山国家公园 - 悉尼（约1.5小时）
-[...25 lines deleted...]
-                圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
+                布里斯本经典一日游
+                <w:br/>
+                抵达后开始今日精彩之旅：
+                <w:br/>
+                【希路美酒庄品鉴葡萄酒】
+                <w:br/>
+                这是一家被知名澳洲葡萄酒评论家-James Halliday誉为5星级的家族酒庄,希路美酒庄自开业以来已经在各大国际和国内的评比中获得超过850个奖项。酒庄拥有完备的葡萄园,最新科技进步水平的酿酒设备,酒窖门市部，和获奖无数的餐厅,是目前昆士兰规模最大和被授予高度荣誉的葡萄酿酒厂。希路美酒庄拥有优美的山顶美景和独特的酒庄建筑风格。同时,您也能在庄园内发现品种繁多的野生动物。
+                <w:br/>
+                【南岸公园】
+                <w:br/>
+                位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
+                <w:br/>
+                【袋鼠角】
+                <w:br/>
+                袋鼠角是观看整个布里斯班城市风光和河流风光的绝佳观光点。布里斯班河流经这儿时正好是个 U 字形，整片城市风貌以超广角呈现，相当壮观，一大片棱形的布里斯班河水面也格外引人注目；
+                <w:br/>
+                【昆士兰博物馆 (Queensland Museum) 】
+                <w:br/>
+                是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
+                <w:br/>
+                【新农场公园（New Farm Park) 】
+                <w:br/>
+                该公园坐落在布里斯本河畔，是一个名副其实的“河滨公园”，紧邻码头，平坦的绿草坪、茂盛的树木让人心旷神怡。适逢花季，还可欣赏园内玫瑰花圃绽放的妩媚玫瑰。河边风景开阔，让人身心放松。同时这里是当地居民休闲、健身的好去处。
+                <w:br/>
+                【布里斯本皇后码头天空观景台】
+                <w:br/>
+                登上标志性的布里斯班皇后码头天空观景台，其壮丽景色令人叹为观止。新月形天空观景台位于布里斯班河上方 100 米处，可欣赏从中央商务区延伸至摩顿湾和库萨山的美景。
+                <w:br/>
+                【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：航机上     午餐：酒庄海鲜拼盘     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店  黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼经典一日游
+                布里斯本-考拉奔山庄
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
-                【邦迪海滩】
-[...29 lines deleted...]
-                天文台山是野餐、眺望海港、码头的制高点，悉尼海港景色在这里一览无遗。悉尼天文台是澳大利亚古老的天文台，悉尼天文台现在的所在地就是当年殖民时期的堡垒遗址。天文台会定期举行各种天文知识的演讲，以及晚间观象的研讨会，悉尼天文台在澳大利亚国家的科学史上具有举足轻重的地位。
+                【华美达考拉奔山庄】
+                <w:br/>
+                位于布里斯班与黄金海岸金三角风景旅游区，依山傍水被群山和河流环绕的山庄单就地理位置而言，在整个昆士兰州都是独一无二的。山庄拥有独具澳洲内陆土著风情的 80 多项娱乐活动，尽情享受澳式度假生活！（以下活动会根据不同季节及天气变化而调整，具体以山庄当天公布活动时间为准！）：
+                <w:br/>
+                【高尔夫体验活动】
+                <w:br/>
+                高尔夫球运动（GOLF）是利用不同的高尔夫球杆（club）将高尔夫球打进球洞（hole）的一项运动项目。高尔夫球运动是一项具有特殊魅力的运动，让人们在优美的自然环境中锻炼身体、陶冶情操、修身养性、交流技巧，被誉为“时尚优雅的运动”。
+                <w:br/>
+                高尔夫体验活动流程（着装建议：舒适的运动服与闭趾鞋，让您自由挥洒）：
+                <w:br/>
+                1、与考拉奔高尔夫球场的高尔夫老师见面互动，开启愉快的高尔夫之旅。
+                <w:br/>
+                2、首先简短了解高尔夫运动的基本知识，掌握安全须知和球场礼仪，轻松融入高尔夫世界。
+                <w:br/>
+                3、在专业教练的指导下，尽情练习完整挥杆，释放力量与激情。学习如何优化握杆、挥杆动作与随挥，提升击球效果。
+                <w:br/>
+                   【自驾高尔夫球车体验】
+                <w:br/>
+                自驾高尔夫球车在山谷中追逐野生袋鼠，寻找可爱野生袋鼠的踪迹，享受穿梭在度假村内遨游的时光。晚餐后，聚集在浩瀚星空下，点燃篝火，进行一场欢快的澳洲传统土风舞及篝火晚会。（如果碰到下雨会改成室内），后客人可自行前往体验农场内乒乓球、撞球、中国象棋、桌上冰球或找一处草地，观浩瀚星空。也可以自费参加自动麻将、卡拉OK等活动。
+                <w:br/>
+                （※注意事项※：高尔夫球车两人一部车，驾驶者需具有驾驶证，必须年满16周岁，如未满16周岁，虽无法开车，但仍可乘车看野生袋鼠）
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：西式牛扒   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：澳式简餐     晚餐：酒店自助餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">华美达考拉奔山庄：The Kooralbyn Valley Resort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼
-[...29 lines deleted...]
-                傍晚安排乘坐【豪华游船】游览悉尼港湾。各团友可于豪华游船上饱览悉尼高级住宅区，畅游屈臣氏湾、玫瑰湾、双湾、伊丽莎白湾整个东区-高级住宅区的迷人景致。在极美海岸，迎着每一道风，是一种全新的体验。享受黄昏日落美景，并于豪华游轮上享用正宗三道式西式晚餐。
+                考拉奔山庄-黄金海岸
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【冲浪者天堂】
+                <w:br/>
+                “海王取景地”—黄金海岸的市中心，是全世界最长的沙滩海岸，有着“南半球的迈阿密”之称。笔直宽广的海岸线冲浪者天堂是冲浪者必去之地，冲浪的梦幻之所，这里有连绵的沙滩、和煦的阳光和蔚蓝的海水,日落时分在夕阳的照映下可以看到绵长的金色沙滩，这里每年都有各种世界顶级的冲浪赛事在这里举行。
+                <w:br/>
+                【5分钟直升飞机】
+                <w:br/>
+                乘坐造价高达几百万澳元的直升飞机，去欣赏黄金海岸美丽的海岸线吧！巡航在白色的沙滩上，享受在空中俯瞰壮阔海岸的感觉；
+                <w:br/>
+                【塘鹅湾】
+                <w:br/>
+                这里是野生的塘鹅聚居地，也是很多游客慕名而来的地方。塘鹅以嘴大而闻名，是西方人眼中的“送子鸟”，黄金海岸的塘鹅湾，景色优美，环境优良，成群的野生塘鹅与居民和谐相处；随后Labrador Park （拉布拉多农贸市场）是一个集澳洲本土生活必需品和健康娱乐，医疗中心为一体的社区服务中心，在这里您可以自由体验本土人的超市文化，感受黄金海岸的生活气息。
+                <w:br/>
+                【黄金海岸城市艺术中心】
+                <w:br/>
+                位于17公顷的原始公园内，是一处丰富年轻人娱乐和内心的热带瑰宝。其中最为瞩目的是新建的六层楼高的HOTA画廊，这里明亮、多彩和有趣。在画廊里有各式画展和其他花样繁多的艺术展。除了广受赞誉的国际艺术展览和儿童画廊之外，这座引人注目的地标也收藏了自1968年以来价值3200美元的艺术品之地。2021年竣工，成为澳大利亚最大地区艺术中心。
+                <w:br/>
+                交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：龙虾东星斑袋鼠肉野味餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店  黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼-/-布里斯本//黄金海岸	航班：待定
-[...23 lines deleted...]
-                【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
+                黄金海岸-/-悉尼经典一日游                             航班：VA508 OOL-SYD 0820/0950
+                <w:br/>
+                早上飞往悉尼，抵达后开始今日精彩之旅：
+                <w:br/>
+                【悉尼大学】
+                <w:br/>
+                悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
+                <w:br/>
+                【悉尼皇家植物园--麦爵理夫人座椅】
+                <w:br/>
+                坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
+                <w:br/>
+                【悉尼渔市场】
+                <w:br/>
+                南半球最大的海鲜交易市场，每天供应着新鲜美味的鱼类，明亮乾净的店铺和即食烹调贩卖的饮食店，有日式、澳洲式炸鱼店、亚洲口味、即开即食的生蚝店、日式料理和多种生食海鲜类的料理等，各种新鲜的大虾和龙虾都会让您食指大动，午餐您可以在不同店家购买各式各样美味的鱼虾蟹料理，坐在港边的座位上好好品尝一顿澳洲的美味海鲜。旁边还有酒水饮料店和生鲜水果店。
+                <w:br/>
+                【悉尼动物园】
+                <w:br/>
+                悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
+                <w:br/>
+                【澳大利亚博物馆】
+                <w:br/>
+                列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
+                <w:br/>
+                【圣玛丽大教堂】
+                <w:br/>
+                圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：打包早餐     午餐：海鲜风味自助餐     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店 黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：打包早餐     午餐：X     晚餐：海鲜风味自助餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">悉尼：Pullman at Sydney Olympic Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布里斯本//黄金海岸
-[...19 lines deleted...]
-                【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
+                悉尼 – 杰维斯湾 – 卧龙港 - 悉尼
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【杰维斯湾】
+                <w:br/>
+                距离悉尼市区约2个半小时车程。抵达后，乘坐游船出海，杰维斯湾是一个天然海湾，宁静自然，水清沙幼，有着号称世界上最细最干净的沙滩，是一个完全没有被污染的纯净海湾。坐在游船上，您有机会见到成群的海鸟、奇特可爱的小企鹅、出没水中的海豹，更有成群的海豚围绕着游船嬉戏，让您时刻处于发现新大陆的兴奋之中，一定要时刻准备好您的相机。
+                <w:br/>
+                【宁静白沙滩】
+                <w:br/>
+                杰维斯湾的海滩，拥有世界上最洁白的沙滩之一，沿着海岸线可以走很久，踩在细腻如奶粉的沙子上，根本就是走在自己梦想的生活里。除了如面粉般细腻的沙子外，沉浸在海岸线下的白沙通过阳光的折射能呈现出温柔静谧的粉蓝色。
+                <w:br/>
+                途径【蓝色海洋路】，这条路是从悉尼到南部海湾的理想路线之一，一路上穿过国家公园，路过农田、海景、迷人的渔港小镇。壮观的海崖横空大桥，使蓝色海洋路显得格外漂亮且别具特色，宛如一座依傍陡峭悬崖建造的架空天桥。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店    黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：澳式西餐     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">悉尼：Pullman at Sydney Olympic Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布里斯本//黄金海岸
-[...15 lines deleted...]
-                是全澳最大的奥特莱斯购物中心，这里拥有超过 200 家来自欧美和澳大利亚的折扣店，涵盖流行服饰、衣服配件、运动用品、家居用品、餐具等多种品类。既有 Calvin Klein、Diesel、Levi's、Michael Kors、Coach 等国际精品，也有 Peter Alexander 等澳洲当地品牌，能满足不同消费者的需求。
+                悉尼海岸线一日游
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【邦迪海滩】
+                <w:br/>
+                澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
+                <w:br/>
+                【无边泳池—外观】 
+                <w:br/>
+                无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
+                <w:br/>
+                【屈臣氏湾Watsons Bay】
+                <w:br/>
+                是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
+                <w:br/>
+                【悉尼港特色渡轮】
+                <w:br/>
+                乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
+                <w:br/>
+                【悉尼塔自助餐】
+                <w:br/>
+                悉尼塔360旋转餐厅位于标志性的悉尼塔上，您可以一边享受本地的美味佳肴，一边随着餐厅的旋转，360°的欣赏到悉尼全景。
+                <w:br/>
+                【悉尼歌剧院 外观约30分钟】
+                <w:br/>
+                宏伟而典雅的建筑，当年建筑时曾遇到的一波三折、重重困难，是多么的令人唏嘘，如今却成就了世界顶级的艺术殿堂。
+                <w:br/>
+                【悉尼环形码头最美车站】
+                <w:br/>
+                紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
+                <w:br/>
+                【悉尼天文台山公园】
+                <w:br/>
+                天文台山是野餐、眺望海港、码头的制高点，悉尼海港景色在这里一览无遗。悉尼天文台是澳大利亚古老的天文台，悉尼天文台现在的所在地就是当年殖民时期的堡垒遗址。天文台会定期举行各种天文知识的演讲，以及晚间观象的研讨会，悉尼天文台在澳大利亚国家的科学史上具有举足轻重的地位。
+                <w:br/>
+                交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店    黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：悉尼塔自助餐     晚餐：和牛BBQ烤肉餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">悉尼：Pullman at Sydney Olympic Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布里斯本 -/- 广州	航班：CZ382/10:10-17:40
+                悉尼 -/- 广州	参考航班：CZ326/11:15-18:00
                 <w:br/>
                 早上搭乘国际航班返回广州，下午抵达广州机场，结束愉快旅程！！
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：打包早餐     午餐：机上午餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：机上午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1385,51 +1396,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	澳洲ADS团队签证费用
                 <w:br/>
                 3.	全程豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，7正7早
+                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐35澳币/餐/人，11正6早
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8.    小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1451,53 +1462,53 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
-                6.   其他未约定由旅行社支付的费用：单房差￥3300/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
-[...1 lines deleted...]
-                7. 全程服务费￥800/人（报名时交齐，大小同价）。
+                6.   其他未约定由旅行社支付的费用：单房差￥3000/人（6晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
+                <w:br/>
+                7. 全程服务费￥1000/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1865,51 +1876,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>