--- v0 (2026-01-18)
+++ v1 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【星旅远洋邮轮.鼓浪屿号 】香港-沙巴-文莱-芽庄-香港 9 天 8 晚行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【星旅远洋邮轮.鼓浪屿号 】香港-芽庄-沙巴-文莱-香港 9 天 8 晚行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -404,50 +404,59 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 鼓浪屿号
                 <w:br/>
                 吨位：约7万吨
                 <w:br/>
                 船长：约261米
                 <w:br/>
                 船宽：约32米
                 <w:br/>
                 甲板层：13层
                 <w:br/>
                 房间数量：850间
                 <w:br/>
                 载客量：1700人
                 <w:br/>
                 <w:br/>
                 2019 年 9 月 26 日，星旅远洋邮轮旗下第一艘邮轮“鼓浪屿”号在厦门启航。秉承西方邮轮的传统品质与仪式感，结合中国游客需求打造的本土邮轮，必将引领中国邮轮旅游“星”风尚，成为中国游客的“星”期待。作为第一家中国民族邮轮品牌，未来，星旅远洋邮轮将持续依托股东雄厚的实力和行业优势，立足中国特色，开展差异化经营，不负众望，力争成为中国邮轮行业“星”航标。
+                <w:br/>
+                <w:br/>
+                ①秉承西方邮轮的传统品质与仪式感,专注打造的本土邮轮；
+                <w:br/>
+                ②室内陈设极尽优雅 ，装饰温馨，充满浓郁的欧式风情；
+                <w:br/>
+                ③设施齐备 ，一站式服务体验，海上休闲度假新生活；
+                <w:br/>
+                ④南洋暖冬之旅，邂逅异国风情。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -564,51 +573,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香港启德邮轮码头-办理登船手续 （启航时间：17：00 )
+                香港启德邮轮码头-办理登船手续 （启航时间：16：00/17：00 )
                 <w:br/>
                 今日于指定时间前往香港启德邮轮码头，码头地址：香港九龙承丰路33号（入口位于祥业街）  办理登船手续开启愉快的海上新奇邮轮体验，邮轮预计于北京时间下午17:00启航离港，开始完美的海上之旅。
                 <w:br/>
                 <w:br/>
                 码头地址：香港启德码头 九龙承丰路33号（入口位于祥业街）
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -723,53 +732,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                沙巴(靠港时间：08:00 离港时间：18:00)
-[...1 lines deleted...]
-                沙巴是马来西亚的一个州，位于婆罗洲岛的北部，拥有丰富的自然资源和多元的文化背景。 该地区以热带雨林、珊瑚礁、火山和独特的原住民文化著称。 沙巴的首府是亚庇，是该州的政治、经济和文化中心。 沙巴的旅游业发达，吸引了大量国内外游客前来探索其自然美景与文化遗产。
+                芽庄（抵港时间：12:00 离港时间：21:00 ）
+                <w:br/>
+                芽庄被美誉为越南的“小法国”，位于越南南部海岸线最东端，拥有长约70公里的海岸线，从北到南分布着许多美丽的海滩。海滨沙滩一望无际，白沙柔软，潮平水清，海底有千姿百态的珊瑚。珍珠岛海滩被誉为越南最美的海滩之一，有着细软的沙滩和清澈的海水，是休闲和娱乐的绝佳场所。温馨提示：上述文字仅是针对港口的描述，并非岸上游览线路；您可以选择参考邮轮公司组织的岸上观光游，也可以自行前往岸上观光。
                 <w:br/>
                 <w:br/>
                 温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
@@ -804,77 +813,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                文莱(靠港时间：08:00 离港时间：18:00)
-[...4 lines deleted...]
-                温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
+                海上巡游
+                <w:br/>
+                今天迎来全天的海上巡游 ，让轻松舒适来开启您的游轮之旅。醒来已近中午， 散漫地在甲板上徘徊 ，然后走去自助餐厅或者主餐厅吃个美味的 餐。游轮上丰富的活动和设施等待您的光临！都尽情享受无穷的大海与阳光。移步声色酒吧和音乐厅 ，随着乐声轻舞飞扬；或到免税店去挑选自己 喜欢的物品 … …总之， 丰富多彩的娱乐项目会让您惊喜不断！
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
+              <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">邮轮上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -885,74 +891,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡航
-[...1 lines deleted...]
-                今日游轮全天航行于海上，您可尽情享受五星级游轮的各项娱乐设施，选择您感兴趣的游戏或课程参加，午餐稍适休息后，建议您充分享受船上的休闲娱乐设施来度过愉快的下午：您可以选择去图书馆静静地读一本好书，或者参加舞蹈课程，抑或到免税店去挑选自己喜欢的物品……
+                沙巴（抵港时间：10:00 离港时间：18：00/20:00）
+                <w:br/>
+                沙巴的地理位置非常优越，它的海岸线长达1600公里，有着美丽的海滩和珊瑚礁，属热带雨林气候，有“风下之地”之美誉。沙巴是一个多元文化的地区，居民主要由马来人、华人、印度人、欧洲人和原住民组成。沙巴的文化非常丰富多彩，包括音乐、舞蹈、美食、服饰和传统手工艺等。这些元素相互融合，创造出独特的沙巴文化氛围，吸引着游客们前来体验，并让这个地区充满了生机与活力。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：邮轮上   </w:t>
+              <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">邮轮上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -963,74 +969,77 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游
-[...1 lines deleted...]
-                今天迎来全天的海上巡游，让轻松舒适来开启您的游轮之旅
+                文莱（抵港时间：07:00 离港时间：15:00）
+                <w:br/>
+                文莱属热带雨林气候，全年高温多雨。文莱为伊斯兰教国家，具有较独特的宗教文化和风俗习惯。主要旅游景点有独具民族特色的水村、王室陈列馆、赛福鼎清真寺、杰鲁东公园等。
+                <w:br/>
+                <w:br/>
+                温馨提示：上述文字仅是针对港口的描述，并非岸上游览线路；您可以选择参考邮轮公司组织的岸上观光游，也可以自行前往岸上观光。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：邮轮上   </w:t>
+              <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">邮轮上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1041,77 +1050,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄(靠港时间：10:00 离港时间：18:00)
-[...4 lines deleted...]
-                温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
+                海上巡游
+                <w:br/>
+                今天迎来全天的海上巡游 ，让轻松舒适来开启您的游轮之旅。醒来已近中午， 散漫地在甲板上徘徊 ，然后走去自助餐厅或者主餐厅吃个美味的 餐。游轮上丰富的活动和设施等待您的光临！都尽情享受无穷的大海与阳 光。移步声色酒吧和音乐厅 ，随着乐声轻舞飞扬；或到免税店去挑选自己 喜欢的物品 … …总之， 丰富多彩的娱乐项目会让您惊喜不断！
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
+              <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">邮轮上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1124,51 +1130,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 海上巡游
                 <w:br/>
-                今天迎来全天的海上巡游，让轻松舒适来开启您的游轮之旅
+                今天迎来全天的海上巡游，让轻松舒适来开启您的游轮之旅。醒来已近中午， 散漫地在甲板上徘徊，然后走去自助餐厅或者主餐厅吃个美味的餐。游轮上丰富的活动和设施等待您的光临！都尽情享受无穷的大海与阳光。移步声色酒吧和音乐厅 ，随着乐声轻舞飞扬；或到免税店去挑选自己喜欢的物品……总之， 丰富多彩的娱乐项目会让您惊喜不断！
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1200,51 +1206,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香港启德码头 靠港：10:00
+                香港启德码头 靠港：7:00/10：00
                 <w:br/>
                 邮轮计划将于今天回到码头，贵宾按照邮轮公司安排依次下船，告别陪伴您 9 日的船员，带上一路上的丰厚收获和甜蜜记忆。邮轮靠岸后请勿着急，仔细阅读游轮活动日程表上所安排的时间内容，依照指示下船。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1366,63 +1372,63 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、邮轮服务小费：内舱&amp;海景&amp;阳台：每人每晚18美金、尊享套房&amp;悠享套房&amp;悦享行政房：每人每晚21美金，婴儿免服务费(0-3周岁)，儿童享半价优惠（4-11周岁）；（收费标准仅供参考，以船上公布标准为准，船上自行支付）；
-[...7 lines deleted...]
-                5、保险：旅游意外险（建议购买）；
+                1、邮轮服务小费：内舱/海景/阳台，每人每晚18美金，合计144美金/人；尊享套房/悠享套房/悦享行政 房，每人每晚21美金，合计168美金/人；婴儿免服务费(0-3 周岁)，儿童享半价优惠（4-11 周岁）（收 费标准仅供参考，以船上公布标准为准）； 
+                <w:br/>
+                2、居住地至码头往返交通；
+                <w:br/>
+                 3、邮轮停靠港口岸上观光游费用（可选择提前预定我社增值服务套餐1488元/人或者报名船上付费岸上 观光，岸上游行程如下）；
+                <w:br/>
+                 4、越南签证：船上办理统一办理落地签15美金/人（此费用将由船上收取 ，无论是否参与岸上观光 ，都 应缴纳。若您自备好越南签证 ，请您开航前10天告知 ，以免产生不必要扣费）
+                <w:br/>
+                5、保险：旅游意外险（建议购买）； 
                 <w:br/>
                 6、单人入住需要支付200%的船票费用；
                 <w:br/>
-                7、个人消费以及以上未提及的其他费用。
+                 7、个人消费以及以上未提及的其他费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1895,51 +1901,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>