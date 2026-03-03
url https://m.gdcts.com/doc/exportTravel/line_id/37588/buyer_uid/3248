--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">爆款【京师赴荟】北京双飞5天｜升旗仪式｜天坛公园｜八达岭长城｜军博或首博｜颐和园｜ 什刹海景区｜前门大街行程单</w:t>
+        <w:t xml:space="preserve">2999买一送一：自组【3月赏花·京师赴荟】北京双飞5天｜升旗仪式｜天坛公园｜八达岭长城｜玉渊潭赏樱｜颐和园｜ 什刹海景区｜前门大街行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,67 +392,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★国旗耀晨·升旗仪式：此生必看升旗仪式，五星红旗在庄严国歌声中冉冉升起，辉映晨光。
-[...15 lines deleted...]
-                ★京味食光·餐餐特色:【皇城京味宴】【北方饺子宴】【京帮融合菜】【吉祥全鸭宴】
+                ★升旗仪式：此生必看升旗仪式，感受热血沸腾的庄严时刻；
+                <w:br/>
+                ★故宫博物院：“春满紫禁”游览线路！穿过朱红宫墙，邂逅春日宫花，一步一景皆在画中的唯美景象；
+                <w:br/>
+                ★八达岭长城：雄伟的长城在初春的嫩绿中显得更庄严御肃穆。不到长城非好汉-赠送客人好汉证书！
+                <w:br/>
+                ★玉渊潭公园：赴一场浪漫的春日限定，去看千米樱堤盛开的花事美景。
+                <w:br/>
+                ★皇家园林：春日颐和园，初春暗香疏影有腊梅，待到桃花满西堤，杨柳拂面，正是春和景明时！
+                <w:br/>
+                ★什刹海景区：胡同串起烟火气，酒吧霓虹映着老茶馆的铜壶，京味儿在水岸流淌。
+                <w:br/>
+                ★前门大街：现代与历史在这里完美融合，时尚的店铺和创意空间与古老建筑相得益彰。
+                <w:br/>
+                ★首都博物馆：文物静诉千年事，长安街畔藏乾坤，帝都风云一馆收。
                 <w:br/>
                 ★暖心赠送：天安门集体照+每人每天送一支矿泉水，尽享旅行好时光！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -666,67 +664,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                天安门广场-故宫博物院
-[...5 lines deleted...]
-                ◆全新策划“龙脉中轴”紫禁线路：★午门→金水桥（五座拱桥规制）→太和门（铜狮守护）→太和殿（十脊兽）→中和殿（四方攒尖顶）→保和殿（殿试旧址/云龙石雕）→乾清门（御门听政处）→乾清宫（正大光明匾）→交泰殿（皇权礼器珍藏）→坤宁宫（帝后大婚洞房）→御花园→神武门（故宫博物院牌匾）★
+                天安门广场-故宫博物院-什刹海景区
+                <w:br/>
+                上午：早餐后，乘车前往世界上最大的城市中心广场-【天安门广场】（游览时间约1.5小时），参观【毛主席纪念堂】瞻仰毛主席遗容。（毛主席纪念堂为免费开放景点，因政策性关闭或预约人数限制不能入内参观则改为外观，且不作任何赔偿。每周一闭馆，星期二至星期日：上午8:00—12:00对外开放，以纪念堂告示牌为准。）外观北京九门之首正阳门。在人民英雄纪念碑前纪念中国近现代史上的革命烈士。外观党和国家及各人民团体举行政治活动的场所【人民大会堂】外观【国家大剧院】外观【天安门城楼】。
+                <w:br/>
+                前往【故宫博物院】（约3小时）这哪里是什么“博物院”，简直是一座城！如今的故宫早已不再是那个绫罗粉黛的“紫禁城”，然而那些金碧辉煌的琉璃瓦，规整的建筑群，依然不减皇城根儿的大气。走过太和殿、乾清宫，在皇帝的御花园里赏弄花花草草，感觉好像穿越到了清宫剧里。开启【故宫无线导览耳机】，无线扩声技术，外观轻盈时尚、方便携带，人手一台。
+                <w:br/>
+                《春满紫禁，宫侯多时》全新游览线路： ★ 午门进入—中轴三大殿（太和殿、中和殿、保和殿）—慈宁宫花园（丁香、牡丹）—寿康宫（梨花、海棠、杏花）—御花园（牡丹、紫藤）—神武门出 ★
+                <w:br/>
+                下午：前往游览【什刹海景区】，是北京城内最具韵味的"北方水乡"，由前海、后海和西海三片碧波组成。胡同深处传来叮咚的三轮车铃声，现代酒吧的蓝调音乐与四合院的红灯笼相映成趣，演绎着传统与现代的完美交响。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.准备出游北京的游客请提前提供身份证预定(门票以官网为准) ，故宫每日限流，门票提前7天预约，售完为止！放票后第一时间给你抢票，若抢票失败，如未预约成功则替换为其他景区，景点替代方案最终以当团导游人员调整为准；门票差价多退少补；如客人不同意调整方案的则按照门票价格退一赔一处理）。另外需要注意：故宫景区周边无停车区域，临时上下车需步行一段距离及等候若干时间，敬请谅解。故宫为实名制请您一定要携带身份证件才能入内，如学生儿童没有身份证请带户口簿或者护照入馆。
                 <w:br/>
                 2.毛主席纪念堂政策性关闭或限流预约不上请外观，进入毛主席纪念堂不得穿无袖上衣，不得穿拖鞋，必须随身携带身份证。这天走路较多请穿舒适鞋子和轻便服装。
                 <w:br/>
-                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车，游览结束后再坐摆渡车回美术馆站点乘车，费用自理（约30元/人），不便之处敬请谅解！
-[...1 lines deleted...]
-                4.为让客人体验到更加人性化的故宫深度游之旅，客人可以自费故宫无线讲解器20元/人，通过佩戴无限耳机，您可以听到导游更加清晰的讲解，深度了解故宫的历史。
+                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
                 <w:br/>
                 ***特色推荐*** 
                 <w:br/>
                 1、【四合院+漫步胡同】（游览约60分钟，费用自理100元）了解老北京四合院文化，漫步古老北京的胡同，感受老北京的风俗。
                 <w:br/>
                 2、【纪晓岚故居】（游览约60分钟，费用自理80元）参观纪晓岚故居，遥看当年京城的历史。
                 <w:br/>
                 3、【北京民俗记忆馆】（游览约90分钟，费用自理120元）四合院里领略老天桥的非遗传承，欣赏天桥艺人的精湛绝技。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -770,84 +768,82 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 升旗仪式-八达岭长城-奥林匹克公园
                 <w:br/>
                 清晨：打包早餐，前往观看【升旗仪式】看着升起的五星红旗，心里总是有一种难以言表的澎湃感。（如限流预约
                 <w:br/>
-                不上，此项目取消，不作其他赔偿），乘车前往游览【八达岭长城】——“不到长城非好汉”，八达岭长城如巨龙盘踞燕山峻岭，是明长城最壮观的段落。这段保存完好的城墙平均高7.8米，蜿蜒于苍翠山脊之上。盛夏时节，登临北八楼"好汉坡"，城墙垛口与敌楼在骄阳下投下深深剪影，箭窗射孔间穿过的山风送来阵阵清凉。此时登城，既能感受古代军事工程的雄伟，又能饱览长城的壮美景色。
-[...1 lines deleted...]
-                下午：游览【奥林匹克公园】位于北京市朝阳区，是北京2008年奥运会的主要举办地，这里有众多的奥运会比赛场馆，和一座规模庞大的奥林匹克森林公园，是北京市旅游的地标性区域。游览奥林匹克公园近观2008年奥运主会场【鸟巢】和水蓝色梦幻游泳馆【水立方】外景，您可下车拍照留念。外观【冰丝带国家速滑馆】，圆梦双奥之城，外观冰丝带。国家速滑馆是 2022年北京冬奥会北京主赛区标志性建筑场馆，拥有亚洲最大的全冰面设计，设计理念来自冰和速度结合的创意，象征速度和激情。
+                不上，此项目取消，不作其他赔偿），乘车前往游览【八达岭长城】（约2.5小时）——“不到长城非好汉”（赠送好汉证书），八达岭长城是中华民族精神的象征之一，是世界各国元首、首脑、政要访华必须造访之处。八达岭长城是明长城中保存最好的一段，也是最具代表性的一段，是明代长城的精华，是长城重要关口居庸关的前哨，海拔高达1015米，地势险要，城关坚固。八达岭长城史称天下九塞之一，是万里长城的精华和杰出代表。登上八达岭长城，可以看到脚下的长城依山就势，蜿蜒起伏，如一条不见首尾的巨龙在绵绵山岭上翻滚爬动，气势磅礴，雄伟壮观。每年3月上中旬至4月初，是长城杏花、桃花的最佳观赏期。
+                <w:br/>
+                下午：游览【奥林匹克公园】（约1.5小时）位于北京市朝阳区，是北京2008年奥运会的主要举办地，这里有众多的奥运会比赛场馆，和一座规模庞大的奥林匹克森林公园，是北京市旅游的地标性区域。游览奥林匹克公园近观2008年奥运主会场【鸟巢】和水蓝色梦幻游泳馆【水立方】外景，您可下车拍照留念。外观【冰丝带国家速滑馆】，圆梦双奥之城，外观冰丝带。国家速滑馆是 2022年北京冬奥会北京主赛区标志性建筑场馆，拥有亚洲最大的全冰面设计，设计理念来自冰和速度结合的创意，象征速度和激情。  
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 因长城距市区距离较远，游览长城当天叫早时间和早餐时间可能会比其它几天早，请做好早起准备。 
                 <w:br/>
-                八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。
-                <w:br/>
                 ***特色推荐***
                 <w:br/>
-                【奥运表演】（游览约60分钟，费用自理280元）各种大型的奥运表演项目，亲临现场感受震撼的视觉和听觉盛宴。
+                1、【奥运表演】（游览约60分钟，费用自理280元）各种大型的奥运表演项目，亲临现场感受震撼的视觉和听觉盛宴。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">参考酒店：北京布丁酒店、尚美优、7天优品、格林豪泰、如家、华驿、海友或不低于同等标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -858,67 +854,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                颐和园-外观清华-什刹海景区
-[...11 lines deleted...]
-                三两水鸟。胡同深处传来叮咚的三轮车铃声，现代酒吧的蓝调音乐与四合院的红灯笼相映成趣，演绎着传统与现代的完美交响。
+                颐和园-外观清华-玉渊潭公园
+                <w:br/>
+                上午：前往游览【颐和园】（游览约2小时）慈禧颐养之地碧波荡漾的昆明湖是颐和园的眼睛，湖面上来往的游船让整个画面都灵动了起来。这里曾是慈禧太后的颐养之地，也是“三山五园”之一。万寿寺东路为方丈院，
+                <w:br/>
+                西路为行宫院，慈禧就曾住在这里。所以也称做慈禧行宫，乾隆曾三次在这里为其母祝寿。前往【颐和园长廊】长廊建造于乾隆年间，长廊在英法联军侵入北京时曾经被损毁，后来1888年又重新建造，目前是颐和园内的主要景点之一。从二月底至五月，这里的花卉逐渐盛开，形成一幅幅美丽的画卷。游客们可以欣赏到腊梅、牡丹、杏花、桃花、樱花等多种花卉，每一种花卉都有其独特的韵味和魅力。前往【龙脉九号北京特产文化展示中心】（约40分钟）通过再现老北京明清风情街及古皇城场景，让您全方位了解老北京非遗文化。（向您提示：该中心除向您展示北京非遗文化外，还可以购买到正规的旅游纪念品和北京特产。但不视为旅行社安排的购物行为，请自愿理性消费）
+                <w:br/>
+                下午：外观【清华大学】（拍照15分钟）——感受我国最高学府的学习氛围。赠游【玉渊潭公园】（停留约1小时，参考赏花期：3月中旬-4月下旬，）园内湖泊源于金代古河道，自辽金时期便是京西风景胜地。玉渊潭以樱花闻名，自1973年引种日本大山樱起，至今已成为华北地区规模最大的樱花专类园之一。数千株早樱、晚樱次第绽放，如云似霞倒映碧波，风过时落英拂水，素有“樱洲云水”之誉，是京城春日不可错过的浪漫盛景。（花期与天气等因素有关，请以实际天气为准。）
                 <w:br/>
                 ***特色推荐***
                 <w:br/>
-                【恭王府】（游览约90分钟，费用自理120元）清朝第一大贪官和珅的府宅，能和北京紫禁城媲美的古老宅院。
+                1、【恭王府】（游览约90分钟，费用自理120元）清朝第一大贪官和珅的府宅，能和北京紫禁城媲美的古老宅院。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -950,69 +940,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                天坛公园-军博或首博-前门大街-广州
-[...17 lines deleted...]
-                2、以上行程为参考行程，导游会根据实际情况调整行程顺序，但不影响原标准及游览景点，敬请谅解！
+                首都博物馆-天坛公园-前门大街-广州
+                <w:br/>
+                上午：参观【首都博物馆】集收藏、展览、研究、考古、公共教育、文化交流于一体的博物馆，是北京地区大型综合性博物馆，属中国省市级综合性博物馆（首都博物馆由客人自由参观，为免费开放景点，因政策性关闭或预约人数限制不能入内参观则改为外观，且不作任何赔偿）
+                <w:br/>
+                参观【天坛公园】（约1小时，首道门票）地处原北京外城的东南部，故宫正南偏东，正阳门外东侧，始建于明朝永乐十八年（1420年），是中国古代明、清两朝历代皇帝祭天之地。风景名胜北京天坛是世界上最大的古代祭天建筑群之一。在中国，祭天仪式起源于周朝，自汉代以来，历朝历代的帝王都对此极为重视。二月正是淡紫色的二月岚开得正盛的时候。片片丛丛，如烟似雾，仿佛置身莫奈花园。前往【百年老字号同仁堂】（游览时间：40分钟）探访电视剧《大宅门》中老药铺，学习非物质文化遗产之中药文化。
+                <w:br/>
+                下午：前往游览【前门大街】老北京胡同，听真正的老北京故事，感受真正的老北京民俗文化。北京重点打造的历史风貌保护区，它保留了原汁原味的老北京风情，80多家中华老字号汇聚于此，古色古香的五牌楼，风格各异的古建筑，构成了一幅独特的古都风情画，游览【大栅栏】感受真正的老北京民俗文化。
+                <w:br/>
+                根据航班时间乘车前往机场，乘坐飞机返回温馨的家，结束快乐的北京之旅！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1086,59 +1066,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票）。进出港口、航班时间等以航司出票为准。
                 <w:br/>
                 2、用车：根据实际人数全程当地选用11—55座空调旅游车，保证一人一正座。
                 <w:br/>
                 3、住宿：全程入住舒适型酒店标准双人间；酒店不提供自然单间，出现单男单女，请补房差，如入住当晚房间有问题，请及时通知导游处理，过后不作处理！【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；经济型酒店基本以打包早餐为主（一般是简易早餐馒头/面包、矿泉水，因南北方口味差异，若您对赠送的早餐不习惯，可自行购买其他早餐。客人放弃使用恕无费用退还，敬请谅解！
                 <w:br/>
                 4、门票：含景点首道门票,园中园门票需自理，不属于自费推荐项目。门票已按折扣成本价核算，老年、教师、军官等证件不再重复享受优惠!
                 <w:br/>
-                5、用餐：全程含餐4正4早，正餐餐标25/人餐；正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备；
+                5、用餐：全程含餐5正4早，正餐餐标25/人餐；正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备；
                 <w:br/>
                 6、导游：当地持全国导游资格证书的专业导游服务，不派全陪。
                 <w:br/>
                 7、小童:2-11周岁（未满12周岁）的执行小孩收费：此收费含往返机票、当地旅游车位、半价门票、半价餐费、半价早餐。全程不占床位。
                 <w:br/>
                 婴儿：2周岁以下（不含2周岁）的含车位，婴儿机票；不含餐位、床位及景点等其他费用。
                 <w:br/>
-                8、购物：宫廷御药非遗文化体验中心+北京特产店/水晶博物馆（自愿购买为原则）备注：景区/酒店/餐厅展示商品不属于购物，请悉知！
+                8、购物：北京同仁堂+北京特产店（自愿购买为原则）备注：景区/酒店/餐厅展示商品不属于购物，请悉知！
                 <w:br/>
                 友情提示：本线路可自费行程，如离团一天收费 200 元/人/天。游客在旅游期间北京导游会安排自费项目，参加自费项目我们会分开穿插在原有的景点中进行（在不减少原有景点数量和游览时间的情况下增加此项目），参加同行的游客数量50%我们会为其安排，此项目完全是自愿购买，若不参加您需在景区附近等候或者自行安排活动，提前与导游约定时间集合。若想提前回酒店或自行离团（需要签署自愿离团证明，未产生的费用不退，旅游车不能满足单独送您回酒店）提前离团属于个人行为，旅行社不负任何责任！！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1295,68 +1275,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">宫廷御药非遗文化体验中心</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">主营：安宫牛黄丸、阿胶</w:t>
+              <w:t xml:space="preserve">同仁堂</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">探访电视剧《大宅门》中老药铺，学习非物质文化遗产之中药文化，主营：安宫牛黄丸、阿胶</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">40 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1366,85 +1346,85 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">北京特产店/水晶博物馆</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">北京特产超市</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">主营：朱砂、土特产</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1896,51 +1876,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州朋恩旅行社有限公司，许可证号：L－GD02958，质检电话：020-83371233。此团10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州朋恩旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州朋恩旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州朋恩旅行社有限公司，许可证号：L－GD02958，质检电话：020-83371233。此团10人成团，我司收满20人自组成团不派全陪，如不够20人，为保证游客如期出发，我社将与其他旅行社共同委托广州朋恩旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州朋恩旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 2、我社将委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社委派的导游姓名和电话，以及具体车次时间等信息，在出团前1-2天告知游客，客人对此表示同意。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名，且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前7-10天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点、用餐和体验活动等（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、京津冀地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：京津冀地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展 览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明：
                 <w:br/>
                 A).为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 （1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -2201,51 +2181,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>