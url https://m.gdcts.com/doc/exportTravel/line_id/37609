--- v0 (2026-02-26)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【希尔顿巡礼】 双飞五天四晚|新入马出|南航不走回头路|升级2晚国际品牌希尔顿酒店行程单</w:t>
+        <w:t xml:space="preserve">【星级巡礼】 双飞五天四晚|新入马出|南航不走回头路|升级2晚国际品牌希尔顿酒店行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -400,53 +400,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程亮点	滨海湾花园、鱼尾狮公园、马六甲文化巡礼、沙罗马天桥、双峰塔、彩虹阶梯、粉红清真寺、国家清真寺。
                 <w:br/>
                 特色美食	餐标40-80元/餐，餐餐不重样，南洋美食排排队，安排最火夜市寻味吉隆坡：
                 <w:br/>
                 米其林体验松发肉骨茶、马来风味肉骨茶火锅、奶油虾、面包鸡、娘惹餐。
                 <w:br/>
-                严选酒店	携程评分4.0以上酒店
-[...1 lines deleted...]
-                升级2晚国际品牌希尔顿酒店
+                升级2晚市中心国际品牌五钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,65 +561,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-滨海湾花园-鱼尾狮-圣淘沙岛
+                广州—新加坡-滨海湾花园-鱼尾狮-欢乐岛
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
                 <w:br/>
                 【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
                 <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
                 <w:br/>
-                随后前往新加坡【圣淘沙岛】。
-[...2 lines deleted...]
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙岛】（自由活动约1小时）。
+                随后前往新加坡【欢乐岛】。新加坡集娱乐、休闲、美食、购物于一体的综合度假区（自由活动约1小时）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -801,51 +796,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：面包鸡     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">希尔顿超豪华酒店</w:t>
+              <w:t xml:space="preserve">市中心万丽/希尔顿酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -893,51 +888,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：椰浆饭DIY     晚餐：奶油虾   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">希尔顿超豪华酒店</w:t>
+              <w:t xml:space="preserve">市中心万丽/希尔顿酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1470,51 +1465,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>