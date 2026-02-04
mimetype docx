--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">寒假【京城住二环】北京双飞5天丨故宫丨学霸带你游清华丨科技馆丨万里长城丨颐和园丨恭王府丨冰雪嘉年华行程单</w:t>
+        <w:t xml:space="preserve">寒假【京城住二环】北京双飞5天丨故宫丨圆梦清华/北大丨科技馆丨万里长城丨颐和园丨恭王府丨冰雪嘉年华行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -398,51 +398,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【美好旅行】28人精品小团。美好旅游真谛，干净透明拒绝套路。
                 <w:br/>
                 ★【品质航空】精选品质航空，玩足5天，广州直飞北京
                 <w:br/>
                 ★【中国科学技术馆】我国唯一的国家级科技馆，是学习科学知识和历史的宝藏馆之一。
                 <w:br/>
-                ★【圆梦清华】学霸带你游清华，独家赠送清华周边！从此圆了大学梦！
+                ★【圆梦清华】特别安排让孩子们当个小小博士穿上博士服合影百年名校【清华或北大】，感受我国最高学府的学习氛围。
                 <w:br/>
                 ★【探秘故宫】全程使用无线同声讲解耳机，避免走马观花，让你深度聆听导游的讲解，寻找紫禁城沉淀600年的记忆。
                 <w:br/>
                 ★【八达岭长城】“不到长城非好汉”，亲身体验万里长城的宏伟景观和深厚文化历史内涵。
                 <w:br/>
                 ★【颐和园】中国古典皇家园林之首，品味古代建筑美学，被誉为“皇家园林博物馆”
                 <w:br/>
                 ★【冰雪嘉年华套票】冬天总要去北方看雪吧，让孩子感受北方的冰雪狂欢季，享受快乐的冬天！
                 <w:br/>
                 ★【恭王府】京城十大顶级“豪”四合院之一和珅府，故有了“一座恭王府，半部清代史”的说法。
                 <w:br/>
                 ★【什刹海】北京著名的一片历史街区，众多名人故居、王府等古迹散落其中，还有贴近老百姓生活的各类美食，后海酒吧街更是京城夜生活的老牌胜地。
                 <w:br/>
                 ★【烟袋斜街】宛如一只烟袋，细长的街道好似烟袋杆儿，东头入口像烟袋嘴儿，因此以“烟袋”命名斜街。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -847,79 +847,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                同仁堂--学霸带你游清华--颐和园
+                同仁堂--外观清华/北大--颐和园
                 <w:br/>
                 早上参观百年老店【同仁堂】揭秘宫廷中医，了解中国谢姓最负盛名的堂号，既有它的神圣性，更有它神奇的典故来源，中华中药，享誉世界（该中心为北京非遗文化，并非购物点，客人参观之余如需消费，请结合自身需求理性购买）。
                 <w:br/>
-                清华学霸带你游清华大学，走进大学校园，近距离感受中国最著名大学的迷人魅力，自1911年清华学堂建立至今，百余载春秋的发展历程，形成了清华大学独特的魅力和深厚的文化底蕴。参观路线：清华门-荷塘月色-二校门-大礼堂-校史馆-图书馆-主楼-校训碑-铜像-清华学堂-荷塘月色-水木清华-清华园。
-[...15 lines deleted...]
-                独家赠送：清华大学校徽、清华签字笔、清华笔袋、清华笔记本！
+                随后前往中国著名的高等学府留影，孩子可以穿上博士服拍照留念。合影百年名校【清华大学或北京大学】感受中国最著名大学的迷人魅力，激发奋发向上的学习精神。
                 <w:br/>
                 游览世界上保存最大最完整的皇家园林--【颐和园】。园内最有特色的是以精美绘画著称的长廊，有546幅西湖胜景和8000多幅人物故事、山水花鸟。是利用昆明湖、万寿山为基址，以杭州西湖风景为蓝本，汲取江南园林的某些设计手法和意境而建成的一座大型天然山水园。1992年颐和园长廊以“世界上最长的长廊”列入吉尼斯世界纪录。
                 <w:br/>
                 ***温馨提示***
                 <w:br/>
-                1、同仁堂展示北京非遗文化，同时可购买正规特产、纪念品和礼品，不视为旅行社安排的购物，请自愿理性消费。
-[...1 lines deleted...]
-                2、清华大学非旅游景点，由清华学子亲自带领大家参观校园。参观时尽量不打扰校园内的生活和学习秩序，如因学校政策性原因或预约问题不允许进入校内，则改进北京大学，如北京大学也安排不了则退200元/人，再赠送参观“211”重点大学--北京外国语大学或其他知名大学。
+                同仁堂展示北京非遗文化，同时可购买正规特产、纪念品和礼品，不视为旅行社安排的购物，请自愿理性消费。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2037,51 +2019,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>