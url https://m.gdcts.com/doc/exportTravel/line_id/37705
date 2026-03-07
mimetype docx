--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南美五国+复活节岛】 巴西· 阿根廷· 乌拉圭· 智利· 秘鲁25天 |法航香港出发丨游双国伊瓜苏大瀑布丨火地岛|秘鲁鸟岛丨天空之城马丘比丘丨印加古文明丨行程单</w:t>
+        <w:t xml:space="preserve">【南美五国+复活节岛】 巴西· 阿根廷· 乌拉圭· 智利· 秘鲁25天 |法荷航香港出发丨游双国伊瓜苏大瀑布丨火地岛|秘鲁鸟岛丨天空之城马丘比丘丨印加古文明丨行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -565,55 +565,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳-香港✈巴黎转机
+                深圳-香港✈阿姆斯特丹转机
                 <w:br/>
                 于当天指定时间，在深圳蛇口邮轮中心集合，由专业领队带领，乘船前往香港国际机场，乘坐国际航班前往巴西圣保罗。
                 <w:br/>
-                交通：参考航班：AF185 HKGCDG 2240-0550+1
+                交通：参考航班：KL 888 29APR HKGAMS 2220 0605+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -643,93 +643,93 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴黎转机✈圣保罗
+                阿姆斯特丹转机✈圣保罗
                 <w:br/>
                 【圣保罗】位于巴西东南部圣保罗州，是圣保罗州的首府、巴西最大的城市，也是南美洲最大最繁华的城市、世界著名的国际大都市。傍晚抵达接机，晚餐后入住酒店休息，结束当天行程。
                 <w:br/>
                 特别安排：传统特色风味的【巴西烤肉】，巴西烤肉外焦内嫩，厨师将一道道不同部位的精美烤肉，轮流送到客人面前，让客人根据自己的爱好，选择不同的部位，再由厨师削切入盘，直到游客吃足为止。
                 <w:br/>
-                交通：参考航班：AF460 CDGGRU 1030-1820
+                交通：参考航班：KL 791 30APR AMSGRU 1300 1950
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOVOTEL JARAGUÁSAOPAULO CONVENTIONS/ TRANSAMERICA EXECUTIVE PAULISTA HOTEL/ LUZ PLAZA SÃO PAULO/ MATSUBARA HOTEL SÃO PAULO或同级</w:t>
+              <w:t xml:space="preserve">圣保罗</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1965,51 +1965,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAN AGUSTIN MONASTERIO DE LA RECOLETA/ HOTEL SONESTA POSADAS DEL INCA SACRED VALLEY YUCAY/ HOTEL HACIENDA DEL VALLE – URUBAMBA或同级</w:t>
+              <w:t xml:space="preserve">库斯科</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2128,51 +2128,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">HOTEL XIMA EXCLUSIVE CUSCO/ SAN AGUSTIN CUSCO /XIMA或同级</w:t>
+              <w:t xml:space="preserve">库斯科</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2206,51 +2206,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAN AGUSTIN或同级</w:t>
+              <w:t xml:space="preserve">皮斯科</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2334,51 +2334,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 利马✈转机地
                 <w:br/>
                 参观【军事广场】、【总统府】、【大教堂】、【圣马丁广场】等，这些都是来自当地及旧大陆的工艺师们所协力完成的建筑瑰宝，将西班牙殖民时期的荣华表露无遗。午餐后游览【地画公园】、【爱情公园】、【海滨长廊】、【印加市场】，您可以到富有民间手工艺品色彩的【市场】购物，为远在国内的亲朋好友挑选一两件纪念品。晚上前往机场，经转机地中转，返回香港
                 <w:br/>
-                交通：参考航班：AF483 LIMCDG 1800-1330+1
+                交通：参考航班：AF 501 21MAY LIMCDG 1755 1325+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -2412,51 +2412,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴黎转机✈香港
                 <w:br/>
                 经转机地转机，返回香港，跨越国际日期变更线，夜宿飞机上
                 <w:br/>
-                交通：参考航班：AF188 CDGHKG 2320-1720+1
+                交通：参考航班：AF 188 22MAY CDGHKG 2330 1740+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -2490,85 +2490,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香港-深圳
                 <w:br/>
                 晚上抵达香港，乘车前往深圳关口后散团，结束此次美好旅程。
                 <w:br/>
+                交通：-
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2612,53 +2614,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 全程机票经济舱票价、机场税（费）及燃油附加费；
                 <w:br/>
                 2. 行程所列当地 豪华酒店及山地特色酒店，住宿（2 人 1 间，具有独立卫生间，空调）；
                 <w:br/>
                 3. 行程所列餐费（转候机及自由活动期间除外），全程每日酒店西式早餐（部分根据航班时间安排打包简餐/简餐），午、晚餐为中式餐食（用餐标准为 10 人一桌，八菜一汤）或当地餐或特色餐
                 <w:br/>
                 4. 行程所列游览期间空调旅行车；
                 <w:br/>
                 5. 行程所列景点第一门票（注：全程景点首道门票（耶稣山、巴西伊瓜苏瀑布、伊瓜苏鸟园、阿根廷伊瓜苏瀑布、
                 <w:br/>
                 大冰川国家公园、火地岛国家公园、科洛尼亚船票、复活节岛、MARAS 盐田、MOROY 梯田、马丘比丘观光火车
                 <w:br/>
                 票及景区门票、鸟岛游船、小飞机观纳斯卡线路，伊基托斯游船）；
                 <w:br/>
                 6. 10 大特色餐：传统特色巴西烤肉，里约特色巴西菜，伊瓜苏瀑布景区餐厅，卡拉法特古法烤全羊，复活节岛海
                 <w:br/>
-                边烧烤，复活节岛面海景观餐厅，印加庄园酒店三道式烛光晚餐，秘制羊驼肉风味餐，皮斯科传统地道秘鲁菜，伊
-[...1 lines deleted...]
-                基托斯雨林酒店特色餐
+                边烧烤，复活节岛面海景观餐厅，印加庄园酒店三道式烛光晚餐，秘制羊驼肉风味餐，皮斯科传统地道秘鲁菜，伊基托斯雨林酒店特色餐
                 <w:br/>
                 7. 赠送阿根廷大冰川 1 小时游船；
                 <w:br/>
                 8. 特别升级入住 1 晚瀑布园区内唯一超豪华豪华酒店--BELMOND 伊瓜苏瀑布酒店，乌鲁班巴升级入住 17 世纪印加庄园超豪华酒店
                 <w:br/>
                 9. 价值 30 万中国人寿旅游意外保险；
                 <w:br/>
                 10. 赠送去程深圳至香港机场交通，不乘坐不退费用！
                 <w:br/>
                 11. 赠送去程深圳住宿 1 晚，不住不退房费！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -2674,95 +2674,93 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
                 <w:br/>
-                2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国 B1/B2
-[...3 lines deleted...]
-                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：920 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计为：为 1022.8 元。
+                2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国 B1/B2签证可免签阿根廷）、美国签证费、南美签证所需公证费；
+                <w:br/>
+                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：640元；VFS服务费：27.8元，邮寄费75元，DISTA服务费：0元，我司服务费：0 元，巴西签证费用合计为：为 742.8 元。
                 <w:br/>
                 4. 国内段往返机票及地面交通；
                 <w:br/>
                 5. 美国签证费、EVUS 美签电子登记费用、南美签证所需公证费，乌拉圭签证
                 <w:br/>
-                6. 全程司导服务费 USD299/人请现付我司领队
+                6. 全程司导服务费 USD299/人，请现付我司领队
                 <w:br/>
                 7. 额外游览用车超时费（导游和司机每天正常工作时间不超过 10 小时，如超时需加收超时费）；
                 <w:br/>
                 8. 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
                 9. 单间差 CNY11550.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间
                 <w:br/>
                 差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间
                 <w:br/>
                 的情况下予以安排同住，否则以我社安排分房为准；
                 <w:br/>
                 10. 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的
                 <w:br/>
                 飞机餐)；
                 <w:br/>
                 11. 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
                 12. 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、
                 <w:br/>
                 行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费；
                 <w:br/>
                 13. 因个人原因滞留产生的一切费用；
                 <w:br/>
                 14. 因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航
                 <w:br/>
                 班托运期间的造成损坏的经济损失和责任。
                 <w:br/>
-                5. 特别提醒：因不可抗力因素而额外产生费用的，均需要客人自行承担。
-[...5 lines deleted...]
-                2、敬请游客遵守我国及旅游目的地国家的相关法律、法规、社会公德、风俗习惯、宗教禁忌，不得参与任何违反以上项目的活动！
+                15. 特别提醒：因不可抗力因素而额外产生费用的，均需要客人自行承担。
+                <w:br/>
+                注：1、12 岁以下不占床小童减团费 CNY5000/人，占床小童按成人价收取。
+                <w:br/>
+                2、敬请游客遵守我国及旅游目的地国家的相关法律、法规、社会公德、风俗习惯、宗教禁忌，不得参与任何
+                <w:br/>
+                违反以上项目的活动！
                 <w:br/>
                 3、为防止疲劳驾驶，行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，不建议游客
                 <w:br/>
                 购物，游客因购物产生的纠纷与本社无关。
                 <w:br/>
                 4、意见表用于评估领队、导游及当地接待的服务质量，为保证客人的有效权益，请务必如实填写！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -3640,51 +3638,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>