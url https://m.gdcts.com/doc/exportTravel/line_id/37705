--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南美五国+复活节岛】 巴西· 阿根廷· 乌拉圭· 智利· 秘鲁25天 |法荷航香港出发丨游双国伊瓜苏大瀑布丨火地岛|秘鲁鸟岛丨天空之城马丘比丘丨印加古文明丨行程单</w:t>
+        <w:t xml:space="preserve">【南美五国+复活节岛】 巴西· 阿根廷· 乌拉圭· 智利· 秘鲁25天 （法荷航香港出发）丨游双国伊瓜苏大瀑布丨火地岛|秘鲁鸟岛丨天空之城马丘比丘丨印加古文明丨行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -3638,51 +3638,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>