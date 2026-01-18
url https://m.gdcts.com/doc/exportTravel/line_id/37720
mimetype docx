--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【赏雪景看云海】清远3天 | 观云海奇景 | 油岭千户瑶寨 | 送2斤连州菜心行程单</w:t>
+        <w:t xml:space="preserve">【金子山美景奇观】清远3天 | 观云海奇景 | 油岭千户瑶寨 | 送2斤连州菜心行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LXBL-20251205-199</w:t>
+              <w:t xml:space="preserve">LXBL-199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,58 +345,55 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 出发点：
                 <w:br/>
-                07：45梅东路（杨箕地铁站D出口）
-[...6 lines deleted...]
-                <w:br/>
+                07：45  华厦大酒店海珠广场F出口
+                <w:br/>
+                08：35  花城路地铁站D出口
+                <w:br/>
+                （最终上车点以导游通知为准）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -407,61 +404,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                平铺天际的云海、满山白芒芒的冰雪，登【金子山玻璃廊桥】
-[...9 lines deleted...]
-                喀斯特地貌，自然景观似桂林，故有“英西小桂林”之称，又称“英西峰林”
+                【金子山玻璃廊桥】：悬崖绝壁、怪石嶙峋；
+                <w:br/>
+                【油岭瑶寨】：吊脚楼依山而建,瑶民聚族而居,千年古寨；
+                <w:br/>
+                【万山朝王】：山谷中群峰突兀，百峰争雄，仿如千军万马；
+                <w:br/>
+                【“一生一世”桥】：象征着爱情的比翼双飞；
+                <w:br/>
+                【卿罡古村落】：七百多年的时空变迁与风风雨雨，史海遗珠；
+                <w:br/>
+                【英西峰林】：自然景观似桂林，故有“英西小桂林”之称；
                 <w:br/>
                 食足2餐：2早；
                 <w:br/>
                 连住二晚连州舒适标双；
                 <w:br/>
                 每位成人赠送2斤连州菜心；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -586,57 +583,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-—万山朝王石漠公园一生一世玻璃廊桥—午餐自理--油岭瑶寨--晚餐自理--入住连州舒适酒店
                 <w:br/>
-                广州出发，沿路接齐各位贵宾后出发，乘车前往参观【万山朝王石漠公园一生一世玻璃廊桥】连南万山朝王（一生一世廊桥）位于连南瑶族自治县 三排镇万山朝王国家石漠公园内，为万山朝王国家石漠公园项 目 的其中一部分 ，项目总投资818.44 万元 ，资金来源于万山朝王 国家石漠公园（森林生态综合示范园）建设专项资金。项目建设 主要内容为新建人行景观桥一座，分为A、B 两段。桥A段由桥南端 云
-[...5 lines deleted...]
-                自理午餐；餐后前往【探访油岭瑶寨未开发的原始古寨】，位于连南(广东西北部)县城、之西南、三排镇之东北,座落于约800米的半山坡上,属亚热带向温带过渡地带。山峦叠翠,奇峰秀丽。吊脚楼依山而建,瑶民聚族而居,至今已有一千五百多年了。（徒步30分钟可前往山上最原始的古寨里参）
+                广州出发，沿路接齐各位贵宾后出发，乘车前往参观【万山朝王石漠公园一生一世玻璃廊桥】连南万山朝王（一生一世廊桥）位于连南瑶族自治县三排镇万山朝王国家石漠公园内，为万山朝王国家石漠公园项目的其中一部分。“一生一世”桥，由刘禹锡像为起点，向西北方向延伸，长131.4米，尽端设置“比翼双飞”雕塑，如喜鹊象征着爱人的比翼双飞，洁白的桥身正如“爱情的纯洁”，红色的钢栏杆扶手像是红线牵引着爱情，穿梭在林中的“一生一世”桥，如鹊桥相会一般，体现了爱情给人带来的甜蜜。桥身上设计的彩色渐变带，也象征着爱情与婚姻给人带来的五彩斑斓。廊桥终端的设计理念为“曲折”，象征着爱情的“分分合合”，与婚姻中的“磕磕绊绊”，但无论道路是怎样的曲折，最终都将走向一个终点，那就是：尽端的“比翼双飞”雕塑，走向的是两个人美好的相伴。
+                <w:br/>
+                继而前往【万山朝王】，谷中群峰突兀，百峰争雄，如千军万马，汹涌而来。伫立于此，感觉有如君临帅台，点兵阅将，故此景得名“万山朝王”非常贴切。据说香港一位摄影爱好者在此拍了一张全景图，小小画面中竟然有99座山峰，令人拍案称奇，因而得了当年摄影金奖。
+                <w:br/>
+                午餐自理；
+                <w:br/>
+                餐后前往【探访油岭瑶寨未开发的原始古寨】，位于连南(广东西北部)县城、之西南、三排镇之东北,座落于约800米的半山坡上,属亚热带向温带过渡地带。山峦叠翠,奇峰秀丽。吊脚楼依山而建,瑶民聚族而居,至今已有一千五百多年了。（徒步30分钟可前往山上最原始的古寨里参观）
                 <w:br/>
                 晚餐自理后入住酒店；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -672,55 +669,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店—金子山景区—午餐自理—卿罡古村—晚餐自理—入住连州酒店
                 <w:br/>
                 悠闲享受美好的清晨，享用早餐；
                 <w:br/>
-                餐后前往南粤小华山的【金子山风景区】（空中观光缆车已开通，因个人身体因素，需体验自愿自费90元单程,双程180元/人）。景区位于粤湘桂三省结合部，是粤湘桂三省边界风光游的必经之地。景区主峰海拔1417米为广东第八高峰。金子山玻璃桥就建在海拔1417米的最高峰上。金子山玻璃桥可谓是海拔最高的天桥，建立在两大主峰通天南峰、通天北峰。天桥下面深不可测，全是悬崖绝壁、怪石嶙峋。玻璃观景平台、廊桥。平台60多平方米，从峰顶悬空伸出去。平台下面同样悬崖绝壁，距离谷底的距离至少在600米以上。金子山素以天梯而著名，最高峰的天梯则用玻璃建成的，是国内首个玻璃天梯。玻璃天梯总长100多米，连通登山栈道，直达峰顶。游客从海拔1300多平的高度沿玻璃天梯上到1417米的玻璃观景平台。若天气合适，可以在玻璃平台上看到广东省内难得一见的云海景观，在玻璃平台上坐看风起云涌，所有的烦恼都消失无踪。进入枫叶园，欣赏枫叶和银杏交织的五彩斑斓秋景。园内曲径通幽，设置多个拍照打卡点，游客可以自由拍照留念。每逢12月开始金子山都有冰雪雾淞景观，是岭南地区最佳赏雪景区。隆冬及初春季节，金子山漫山遍野均成雪原，银装素裹，风飘雪舞，犹如天女散花。漫天的雪飘混沌了天地，浪漫了人间。雪压寒枝低，风捲林木啸，万籁寂静只闻雪。一场大雪后，金子山就形成了神奇、纯洁、瑰丽的冰花雾淞景观，玉树临风，雪光岚气，云蒸霞蔚。松柳凝霜挂雪，寒枝点点梅花香，戴玉披银，垂柳青枝变成了琼枝玉树，一片晶莹洁白。金子山冰雪雾凇以其“冬天里的春天”般诗情画意的美，同桂林山水、云南石林、长江三峡一起被誉为中国四大自然奇观。又被国内外游人誉为“人间绝景”。登金子山玻璃廊桥环绕顶峰的四周而建，悬空建在悬崖绝壁上，距离山谷底的高度在600米以上；每到深冬，每逢12月开始金子山都有冰雪雾淞景观，是岭南地区最佳赏雪景区。隆冬及初春季节，金子山漫山遍野均成雪原，银装素裹，风飘雪舞，犹如天女散花。漫天的雪飘混沌了天地，浪漫了人间。雪压寒枝低，风捲林木啸，万籁寂静只闻雪。一场大雪后，金子山就形成了神奇、纯洁、瑰丽的冰花雾淞景观，玉树临风，雪光岚气，云蒸霞蔚。松柳凝霜挂雪，寒枝点点梅花香，戴玉披银，垂柳青枝变成了琼枝玉树，一片晶莹洁白。金子山冰雪雾凇以其“冬天里的春天”般诗情画意的美，同桂林山水、云南石林、长江三峡一起被誉为中国四大自然奇观。又被国内外游人誉为“人间绝景”。
-[...1 lines deleted...]
-                午餐自理后前往连州保安【卿罡古村落】，原名也称卿岗。卿罡建村据有文字记载是于明代永乐年间（公元1403年—1424年）之间。但具体的时间应是在南宋末年，因在永乐年间迁来卿罡的唐氏之前，卿罡已有黄姓和其他姓氏族人居住了。卿罡建村至少已有700多年的历史了。七百多年的时空变迁，七百多年的风风雨雨，卿罡村至今仍留下不少史海之珠。
+                餐后前往南粤小华山的【金子山风景区】（空中观光缆车已开通，因个人身体因素，需体验自愿自费90元单程,双程180元/人）。景区位于粤湘桂三省结合部，三省边界风光游的必经之地。景区主峰海拔1417米为广东第八高峰。金子山玻璃桥就建在海拔1417米的最高峰上。金子山玻璃桥可谓是海拔最高的天桥，建立在两大主峰通天南峰、通天北峰。天桥下面深不可测，全是悬崖绝壁、怪石嶙峋。玻璃观景平台60多平方米，从峰顶悬空伸出去，距离谷底的距离至少在600米以上。
+                <w:br/>
+                金子山素以天梯而著名，最高峰的天梯则用玻璃建成的，是国内首个玻璃天梯。玻璃天梯总长100多米，连通登山栈道，直达峰顶。游客从海拔1300多平的高度沿玻璃天梯上到1417米的玻璃观景平台。若天气合适，可以在玻璃平台上看到广东省内难得一见的云海景观，在玻璃平台上坐看风起云涌，所有的烦恼都消失无踪。园内曲径通幽，设置多个拍照打卡点，游客可以自由拍照留念。每逢12月开始金子山都有冰雪雾淞景观，是岭南地区最佳赏雪景区。隆冬及初春季节，金子山漫山遍野银装素裹。（由于天气或者其他不可抗力因素，导致实地景观可能与行程描述有出入，旅行社不作赔偿）
+                <w:br/>
+                午餐自理；
+                <w:br/>
+                前往连州保安【卿罡古村落】，原名也称卿岗。卿罡建村据有文字记载是于明代永乐年间（公元1403年—1424年）之间。但具体的时间应是在南宋末年，因在永乐年间迁来卿罡的唐氏之前，卿罡已有黄姓和其他姓氏族人居住了。卿罡建村至少已有700多年的历史了。七百多年的时空变迁，七百多年的风风雨雨，卿罡村至今仍留下不少史海之珠。
                 <w:br/>
                 晚餐自理后入住连州酒店；
+                <w:br/>
+                自费项：金子山空中观光缆车，因个人身体因素，需体验自愿自费90元单程，双程180元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -752,53 +755,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店—英西峰林走廊—午餐自理—返程
                 <w:br/>
-                悠闲享受美好的清晨，享用早餐，餐后前往英西峰林走廊英西峰林位于英德市西南60公里的九龙、黄花（以前叫明迳镇）、岩背三镇，是群山 环抱的一片谷地，喀斯特地貌，自然景观似桂林，故有“英西小桂林”之称，又称“英西峰林”。这里密集分布着上千座石灰岩山峰，溪涧、岩洞，古建筑点缀其间，是广东省最长、最密集的峰林景区，有“天南第一峰林”之美誉。是驴友人户外徒步的好去处，也是广东十大户外徒步探险圣地之一。小赵州桥横跨小溪，位于山野之间，是一座有数百年历史的古石拱桥骑行在村道上，近处的玉米，远处的稻田，小小的村庄，耸立的群山，感觉太美妙了！英西峰林走廊是英石之奇、之丽、之秀的恢宏展示，它与简朴的村庄、纯朴的民风融为一体，充满着浓郁的田园气息。这里的一切都很纯朴，没有太多雕饰！
-[...1 lines deleted...]
-                午餐自理后返程；
+                悠闲享受美好的清晨，享用早餐，餐后前往【英西峰林走廊】，英西峰林位于英德市西南60公里的九龙、黄花（以前叫明迳镇）、岩背三镇，是群山环抱的一片谷地，喀斯特地貌，自然景观似桂林，故有“英西小桂林”之称，又称“英西峰林”。这里密集分布着上千座石灰岩山峰，溪涧、岩洞、古建筑点缀其间，是广东省最长、最密集的峰林景区，有“天南第一峰林”之美誉，是驴友人户外徒步的好去处，也是广东十大户外徒步探险圣地之一。小赵州桥横跨小溪，位于山野之间，是一座有数百年历史的古石拱桥。英西峰林走廊是英石之奇、之丽、之秀的恢宏展示，它与简朴的村庄、纯朴的民风融为一体，充满着浓郁的田园气息！
+                <w:br/>
+                午餐后返程；
                 <w:br/>
                 温馨提示：以上游览时间顺序仅供参考，具体以当天实际游览为准！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -874,51 +877,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含2早餐（为包含套餐，不用均无费用退）；（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
                 4、住宿：连州/连山/连南/阳山舒适型酒店（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
                 <w:br/>
                 5、服务：含优秀导游服务（广州接团，清远送团）；
                 <w:br/>
-                6、购物：无。
+                6、购物：无；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1088,51 +1091,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必消</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">金子山大门票+玻玻璃桥套票+一生一世玻璃廊桥是必消项目，1.2米以上每人必消消费99元/人</w:t>
+              <w:t xml:space="preserve">金子山大门票+玻璃桥套票+一生一世玻璃廊桥是必消项目，1.2米以上每人必消消费99元/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1193,168 +1196,189 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、请出发当天带身份证原件、收据或合同前往指定时间地点集中，出发当天请游客提前10分钟到达，凡未准时到达者我司将按广东省国内旅游合同处理；
-[...33 lines deleted...]
-                9、本团35人成团，若不成团则提前两日通知，不另作赔偿、报名则默认统一改条款。
+                1.我社按客人报名先后顺序排位，预先给客人编排好车位，请客人自觉礼让，听从导游安排，自觉礼让、尊老爱幼；
+                <w:br/>
+                2.游客在旅途中应时刻留意个人人身和财产安全，游客应妥善保管个人财物，尤其是贵重物品，请随身携带，旅行社对财物丢失不承担任何责任；
+                <w:br/>
+                3.如遇不可抗力因素（如交通阻塞、塌方、台风、地震、洪水、恶劣天气等原因），造成行程变更或取消行程，不视为旅行社违约，未能完成游览的景点我社只按旅行社协议门票价格退还，并参照按《广东省国内旅游组团合同》处理；
+                <w:br/>
+                4.离团说明：客人擅自、强行离团或不参加行程内的某项团队活动（含酒店、用餐、景点等），我社视客人自动放弃行程，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为与旅行社无关；
+                <w:br/>
+                5.此线路 30 人以上成团，若人数不够 30 人，我社将提前 1 天通知客人，建议客人改期、改线路或者退团处理，我社将不做合同以外的赔偿；
+                <w:br/>
+                6.根据交通部门的通知，为保证游客乘车安全，严格要求旅行社的用车不能超载，若超载司机会被扣分或吊销牌照，并会进行罚款，所以即使是手抱婴儿也会安排1正座。一般 1.2 米以下的婴儿只收往返车位费，出发当天不能携带未报名的游客；
+                <w:br/>
+                7.18 岁以下未成年人参团需监护人陪同或授权委托书；65 岁以上老人参团需填写健康申明，70-75 周岁（孕妇及超80 周岁恕不接待）的老人须需填写健康申明、免责声明并有看护人陪同方可参团，否则不予接待，见谅；
+                <w:br/>
+                8.此线路产品，旅行社可根据实际收客情况，沿途顺路增加/减少/变更上下车点，实际上下车点以出团通知、导游通知为准，敬请客人谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                游客报名时，请确保自身身体健康，是否适合参团出游！郑重申明：（1）我社不接受孕妇报名；（2）若参团者有特殊病史（如：间歇性精神病、心脏病和有暴露倾向等精神疾病），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；（3）65岁（含）以上长者参团需提交《三甲医院半年内体检报告》、签署《长者出行声明书》以及至少一名18-60岁亲属陪同参团，强烈建议旅游者购买相应的个人意外保险，谢谢配合；4）因接待服务能力所限，无法接待80周岁以上的旅游者报名出游，敬请谅解。
-[...35 lines deleted...]
-                19）行程表为旅游合同附件之一，行程表内容与旅游合同内容冲突之处，以行程表约定内容为准。
+                1.行程所列各旅游景点的精彩表述，系组团社根据相关资料提供参考，团队观光活动受天气、日照及时间等自然环境因素影响存在较大的不确定性，敬请留意；
+                <w:br/>
+                2.在参加自由活动期间，宾客请根据个人身体条件慎重选择游玩项目，服从景区救生工作人员的指挥，必须在指定的区域和时间游玩，严禁在没有救生配置的区域内游玩；
+                <w:br/>
+                3.宾客请根据个人身体条件自备旅途生活用品和个人医嘱用药，注意饮食卫生；
+                <w:br/>
+                4.如遇到台风、暴雨或河水上涨等不可抗力因素而影响团队运作的，为保障客人生命财产安全，我社将尽早通知客人取消行程，团款全额退回，双方自动终止履行合同，我社不作任何赔偿；
+                <w:br/>
+                5.请各位团友在团队结束后，请认真填写旅游服务质量意见书，宾客的宝贵意见是我社提高服务质量的重要依据；
+                <w:br/>
+                6.行程内经过的景区、餐厅、商场、集市、中途休息站等商店不属于旅游定点购物店，若客人在此类商店所购买商品与组团社无关。如客人在此类商店所购买的商品出现任何问题，组团社不承担任何责任；
+                <w:br/>
+                7.基于旅游体验的特殊性，若客人在行程中对任何旅游服务质量存有异议，请立即向导游提出，以便旅行社能及时核查及采取补救措施，若客人没有及时提出或擅自解决而导致旅行社错过补救解决机会的，由此产生的扩大损失由客人自行承担；
+                <w:br/>
+                8.旅行社对本次游玩的旅游线路及旅游景点游玩的项目应注意的安全问题已向客人做了详细说明。旅行社已就本次旅游过程中可能危及旅游者人身、财产安全的旅游项目告知客人，客人也知悉自身的健康状况，对不适合自身条件的旅游活动谨慎选择，否则，将自行承担可能由此带来的不利后果。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意；如您在出行前一天20：00尚未收到短信，请速来电咨询
+                <w:br/>
+                2、请客人准时到达出团集合地点，过时不候。
+                <w:br/>
+                3、旅行社会按照本团客人的报名先后顺序统一安排坐车座位。如车上有老弱妇孺需要照顾的，请客人自觉礼让。
+                <w:br/>
+                4、客人应妥善保管自己的行李物品（特别是现金、有价证券以及贵重物品等）。
+                <w:br/>
+                5、本团不发旅行袋及旅游帽。
+                <w:br/>
+                6、车上空调较凉请自备保暖衣物，如有晕车的朋友请带上晕车药，途中怕肚子饿的朋友们也可以先前准备一些干粮！
+                <w:br/>
+                7、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签名同意书方可。
+                <w:br/>
+                8、紧急报警电话110，急救中心电话120。
+                <w:br/>
+                9、本团 30 人成团，若不成团则提前两日通知，不另作赔偿、报名则默认统一改条款。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1395,51 +1419,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>