--- v1 (2026-01-18)
+++ v2 (2026-02-12)
@@ -596,50 +596,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-北京（飞机）-恭王府-北京庙会
                 <w:br/>
                 上午：于指定的时间自行前往白云机场集中（具体集中时间/地点出发前1-2天通知），后工作人员办理登机手续，乘飞机赴北京,抵达北京后入住酒店。北京是我国的政治、文化中心和国际交往的枢纽，也是一座著名的“历史文化名城”
                 <w:br/>
                 中餐：【青年公社融合菜】用餐环境时尚、雅致，菜品种类丰富、正宗京味菜系。
                 <w:br/>
                 下午：前往【半部清史里-恭王府】（游览时间1.5小时左右），漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。
                 <w:br/>
                 【前门胡同CITYWALK逛庙会路线】京味烟火前门大街传统庙会&amp;摩登文艺北京坊新潮年味。前门大街的春节庙会，是体验老北京年味儿的最佳去处，非遗展示 ：糖画、吹糖人等传统手工艺摊位鳞次栉比，地道小吃 ：爆肚、卤煮、糖葫芦、豌豆黄等京味小吃香气四溢，游客可以边逛边尝，感受舌尖上的年味。还有民俗表演 ：轮番上演，锣鼓喧天，热闹非凡。老字号云集，红灯笼高挂，牌楼彩灯交相辉映，仿佛穿越回老北京的繁华市井。与传统的庙会相映成趣，毗邻前门大街的北京坊 则带来时尚与艺术的春节体验，新春主题装置艺术点缀街头，独立设计师品牌、手作工坊、潮流好物汇聚，满足年轻人的购物需求。PageOne书店、星巴克旗舰店等提供温暖的休憩空间，可以一边喝咖啡，一边欣赏前门夜景。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
                 <w:br/>
                 2.行程会根据航班抵达及离港时间在不减少游览景点和游览时间的前提下，对景点的游览顺序作合理的调整。
                 <w:br/>
                 3.行程为广东散拼团，航班、车次时间如相差1小时以内的，接送机我司安排一同接送，航班、车次经常出现延误，在接机、接站过程中可能有等候情况，请和客人提前说明，并请谅解，十分感谢。
+                <w:br/>
+                4.滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：【青年公社融合菜】     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1465,51 +1467,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>