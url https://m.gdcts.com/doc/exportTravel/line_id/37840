--- v0 (2025-12-18)
+++ v1 (2026-01-18)
@@ -649,59 +649,101 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上海迪士尼一体
-[...7 lines deleted...]
-                用餐：晚餐自理。您可以在上海美食天地城隍庙品尝各式各样的上海小吃~
+                上海迪士尼一天
+                <w:br/>
+                酒店内享用早餐后，乘坐专车前往中国大陆第一个、亚洲第三个、世界第六个迪士尼主题公园【上海迪士尼乐园】。
+                <w:br/>
+                上海迪士尼度假区是中国内地首座迪士尼主题乐园，是一个特别为游客设计和打造的家庭娱乐目的地，分为米奇大街、奇想花园、梦幻世界、探险岛、宝藏湾、明日世界和迪士尼•皮克斯玩具总动员、加上2023年最新开启的“疯狂动物城”八大主题园区，以及世界上最大的迪士尼城堡“奇幻童话城堡”。您可以在乐园内与众多迪士尼朋友们互动拍照，感受独特的童话沉浸式体验。郁郁葱葱的花园、身临其境的舞台表演、惊险刺激的游乐项目、前所未见的崭新体验，怀揣着童年的动画情怀，来这里身临其境地感受神奇王国。全世界都在催着你快快长大，只有这里守住你的美好童心。
+                <w:br/>
+                温馨提示：集合时间以导游提前1晚通知为准！导游会根据迪士尼开园时间适时调整出发时间！迪士尼乐园为全天自由活动（工作人员不陪同）！
+                <w:br/>
+                【温馨亲子游路线】（仅供参考）：
+                <w:br/>
+                【漫游童话时光】 →【小熊维尼历险记】→【爱丽丝梦游仙境迷宫】→【七个小矮人矿山车快速通行证】→【花车巡游】→【小飞侠天空奇遇记】→【晶彩奇航】→【冰雪奇缘&amp;欢唱盛典演出】→【小飞象】→【幻想曲旋转木马】→【米奇大街】→【城堡夜光幻影秀】
+                <w:br/>
+                【人气推荐】
+                <w:br/>
+                【翱翔飞跃地平线】（探险岛）                    【夜光幻影秀】（奇幻童话城堡）                                【热点追踪】（疯狂动物城）                      【创极速光轮】（明日时间）                                      【加勒比海盗—沉落宝藏之战】（宝藏湾）          【雷鸣山漂流】（探险岛）                          【爱丽丝梦游仙境迷宫】（梦幻世界）              【米奇童话专列—花车巡游】（奇想花园）
+                <w:br/>
+                <w:br/>
+                【游玩小贴士】:
+                <w:br/>
+                1.取门票的地方可以拿取【乐园指南】和【乐园时间表】
+                <w:br/>
+                2.带滑轮的玩乐装备、大型三脚架、自拍杆、凳子及折叠椅等物品禁止携带入园
+                <w:br/>
+                3.观看位于迪士尼小镇内的华特迪士尼大剧院上演的百老汇音乐剧《美女与野兽》需单独购票
+                <w:br/>
+                4.在乐园入口处，我们将拍摄您的照片作为门票持票人的身份认证。若您同1天内多次入园，必须出示门票
+                <w:br/>
+                5.下载迪士尼官方APP【上海迪士尼度假区】随时掌握各个项目的排队情况，定位自己所在方位，预定餐厅等
+                <w:br/>
+                6.迪士尼乐园内的气球，均不可带上地铁，飞机、高铁等交通工具，故购买时，请考虑清楚，不然无法正常带走 
+                <w:br/>
+                7.不得携带以下物品入园：食品（包括未开封的食品）；酒精饮料；超过600毫升的非酒精饮料【以迪士尼公告为准】。如需了解更多详情，建议您关注迪士尼官方公布信息入上海迪士尼度假区是一个特别为中国游客设计和打造的家庭娱乐目的地。
+                <w:br/>
+                <w:br/>
+                【疯狂动物城】疯狂动物城主题园区在2023年12月盛大开幕，游客将作为动物城的新晋居民来到心中的乌托邦，踏入这个哺乳动物大都会的世界！园区打造全新沉浸式体验，热带雨林、冰川镇、沙漠区、城市中心四大区域，冰川区有极地的寂静，撒哈拉广场布满各式多肉植物与棕榈树……园区完美复刻动画各个场景。必打卡的游乐项目：热力追踪、动物狂欢演出、露露精品店、大象甜品店等等。
+                <w:br/>
+                【创极速光轮】创极速光轮为“程序”和“用户”打造了一个互动平台，让它们进行对决，目的是抓住能量门，打败对手。进入端口后，准备好进行数字化——通过这种方式进入“创”充满能量、光线和刺激的高科技世界。把真实世界抛在脑后，加入游戏中的蓝队，和虚拟世界最具威胁性的程序一较高下吧。伴随着令人心跳加速的音乐、灯光和3D图像，奔驰在夺取胜利的道路上，在黑暗的数字环境里体验加速、下沉、俯冲的快感，最终穿越“创”的多感官世界。
+                <w:br/>
+                【七个小矮人矿山车】七个小矮人矿山车位于上海迪士尼度假区，是适合全家共同体验的过山车项目。七个小矮人矿山车与其他过山车的不同之处，在于它将载着游客到达传说中的钻石矿山，还能在此一睹《白雪公主和七个小矮人》中深受喜爱的角色。
+                <w:br/>
+                【探险岛】探险岛让游客们置身于新发现的远古部落中，探索神秘世界，发现深藏的宝藏。巍峨的雷鸣山将为探险岛之旅指出明确的方向。或在“古迹探索营”走出自己的探险之路，或在“翱翔飞越地平线”里横跨世界和时空，抑或是坐上“雷鸣山漂流”的筏艇深入探险岛腹地，探索一只庞大神秘巨兽所在的黑暗领域。
+                <w:br/>
+                【奇想花园】奇想花园是上海迪士尼乐园六大主题园区之一，“奇想花园”包括“十二朋友园”、“童话城堡园”等多个风格各异的花园，分别呈现了亲情、友情与欢乐的主题。并且每座花园都充满了极具趣味的活动，每座花园的景观设计都十分美丽却又各有不同。
+                <w:br/>
+                【明日世界】明日世界充满了无尽可能并展现出未来光明的愿景。迪士尼运用各类创新技术为这个园区带来全新面貌。
+                <w:br/>
+                【宝藏湾】宝藏湾最重量级的项目加勒比海盗——沉落宝藏之战，在这里，游客们变身成为海盗加入杰克船长的冒险队，最终目的是要去探寻戴维琼斯藏在深海的宝藏，结合圆形巨幕与炫酷的3D效果，迪士尼利用最新的科技，把整个海战都呈现在游客的面前。
+                <w:br/>
+                【点亮奇梦：夜光幻影秀】点亮奇梦：夜光幻影秀在上海迪士尼乐园的中心位置，通过扣人心弦的投影、喷泉及其它各种特效技术，将“奇幻童话城堡”变为梦幻新世界。烟花秀燃放时间20:30，一定要提前一小时过去占位找角度。
+                <w:br/>
+                结束当天行程，返回酒店休息。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内用早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1312,51 +1354,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>