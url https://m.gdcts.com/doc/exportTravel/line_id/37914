--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -593,50 +593,52 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-天津/北京-唐山（车程约2.5H）
                 <w:br/>
                 上午：于指定的时间自行前往白云机场集中（具体集中时间/地点出发前1-2天通知），后工作人员办理登机手续。清晨：收拾好⾏李，放下公⽂包，约上三五知⼰，陪伴家⼈，带着愉悦的⼼情踏上旅途， 前往天津或北京
                 <w:br/>
                 下午：乘车前往唐山（车程约2.5小时）。抵达后游览【河头老街】一条承载着岁月记忆的古老街道，夜幕降临，仿佛换上了一件璀璨的华服，街道两旁的建筑飞檐翘角，雕花窗棂在光影交错中更显古朴典雅，店铺的招牌在夜色中闪烁着温暖的光芒，手工艺品、传统小吃摊前热闹非凡，游人穿梭其间，享受着夜晚的悠闲与惬意，欣赏唐山传统的评剧、舞龙舞狮，街头杂技，老街灯光秀等。
                 <w:br/>
                 【唐王东征】唐太宗李世民于贞观十九年(645年)率军东征高句丽时，曾在大城山(今唐山市区)驻扎练兵，见此地山川形胜、瑞气盘绕，遂赐名“唐山”，通过实景演出《唐王东征》重现这段历史场景。
                 <w:br/>
                 【打树花】1700℃的高温下，炽热的铁水被匠人挥洒向天空，瞬间化作无数绚丽的火花，如天
                 <w:br/>
                 上的繁星光彩夺目！美轮美奂！还有非遗火壶、刀马旦等表演。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票港口或火车票出票的首末站城市最终确定具体的行程顺序，旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 2、行程为广东散拼团，航班时间如相差1小时以内的，接送机我司安排一同接送，航班经常出现延误，在接机过程中可能有等候情况，敬请原谅！
                 <w:br/>
                 3、旅游途中如有问题请及时通知导游解决，如导游无法解决再联系报名的工作人员协助解决，回团后再告知投诉无法处理，因团队结束已签完团队意见单，请知悉！
+                <w:br/>
+                4.滑雪场、冰雪嘉年、骑马等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1547,51 +1549,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>