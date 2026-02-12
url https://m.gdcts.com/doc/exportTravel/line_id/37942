--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -582,50 +582,60 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 北京/天津/北京（飞机）-张家口（车程约3.5小时）
                 <w:br/>
                 【当日亮点】中国万里长城第一门-大境门
                 <w:br/>
                 上午：带着好心情，约上三五知已，陪伴家人、一路欢声笑语前往北京。
                 <w:br/>
                 下午：中国万里长城第一门【大境门】昔日“丝绸之路”的驼铃在此回响，“茶马互市”的喧嚣在此沉淀。登临其上，远眺群山苍茫，俯瞰城郭烟火，一门之隔，跨越了游牧与农耕的千年光景，为您的北国之旅，展开一幅波澜壮阔的边塞历史画卷。
                 <w:br/>
                 晚上：【张家口烩南北】山珍北味，时鲜南烹，一锅融汇南北温情。
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
+                <w:br/>
+                2.行程会根据航班抵达及离港时间在不减少游览景点和游览时间的前提下，对景点的游览顺序作合理的调整。
+                <w:br/>
+                3.行程为广东散拼团，航班、车次时间如相差1小时以内的，接送机我司安排一同接送，航班、车次经常出现延误，在接机、接站过程中可能有等候情况，请和客人提前说明，并请谅解，十分感谢。
+                <w:br/>
+                4.滑雪场、冰雪嘉年、骑马等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：张家口烩南北   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1558,51 +1568,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>