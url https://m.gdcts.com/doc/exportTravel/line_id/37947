--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -407,75 +407,71 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新春大礼包
                 <w:br/>
                 （2月14-20日出发）
                 <w:br/>
                 1、升级赠送一餐年饭（价值1288元/桌）
                 <w:br/>
                 2、微信朋友圈集赞第一名获赠666元大红包
                 <w:br/>
                 3、12岁以下儿童、60岁以上长者赠送新春红包
                 <w:br/>
                 4、儿童赠送全程早餐
                 <w:br/>
                 <w:br/>
-                一、广东独立成团 · 一价全含 
-[...11 lines deleted...]
-                ②【音乐酒吧车】-乘坐专属定制行走的音乐吧，洱海畔唱响欢乐童谣
+                行程亮点：
+                <w:br/>
+                交通升级：昆明进大理出，不走回头路，省去舟车劳顿，家庭出游首选
+                <w:br/>
+                特别安排：喜洲有风小院亲手做扎染，专属亲子间的亲密时光
+                <w:br/>
+                A级盛典：【丽江古城】+【玉龙雪山大索道】+【普达措】，感受5A景点的视觉震撼
+                <w:br/>
+                苍山桃源：①【洱海生态廊道骑行+旅拍、航拍】-定格美好的亲子时光
+                <w:br/>
+                ②【音乐酒吧车】-乘坐专属定制行走的音乐吧，洱海畔唱响欢乐歌谣
                 <w:br/>
                 ③【金花打跳】-身着彩衣的金花们，踏歌打跳，舞出一片欢乐海洋
                 <w:br/>
-                交通升级：昆明进、大理出，不走回头路
-[...1 lines deleted...]
-                三大古城：漫游①大理古城+②丽江古城+③独克宗古城，自由寻访民族风韵
+                三大古城：漫游①大理古城+②丽江古城+③独克宗古城，带孩子一起领略古城的历史文化
                 <w:br/>
                 登山观水：玉龙雪山——纳西族的圣山，承载着丰富的民族文化内涵
                 <w:br/>
                           虎跳峡——金沙江切割出的世界深峡，尽显“万马奔腾”的雄奇险峻
                 <w:br/>
-                舌尖美食：①菌火锅+②大理海稍鱼+③大理海景餐厅+④藏式土司宴
+                舌尖美食：①长街宴+②大理海景餐厅+③藏式土司宴
                 <w:br/>
                 超级赠送：蓝月谷电瓶车+雪山能量包（雪山氧气瓶+羽绒服租借+矿泉水）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -594,137 +590,138 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                始发地→昆明接团→滇池大坝→昆明老街
-[...9 lines deleted...]
-                温馨提示：初上高原，各位贵宾注意休息，避免剧烈运动。昆明昼夜温差较大，注意增添衣物
+                接机-大观楼-滇池大坝-前往楚雄-篝火晚会
+                <w:br/>
+                始发地→昆明接团→大观楼→滇池大坝→前往楚雄→长街宴→篝火晚会
+                <w:br/>
+                早餐：×  午餐：√  晚餐：√     住宿：楚雄
+                <w:br/>
+                上午：今日请贵宾于广州机场集合，根据航班时间飞抵昆明（参考航班：广州-昆明CZ3493/0905-1225仅供参考，具体以通知为准）恭候多时的接机人员将以最温暖的笑容迎接你的到来，前往我们精心挑选酒店。（满16人派全陪，如遇资源紧张等情况，全陪会直接在昆明等候贵宾或不同航班飞抵昆明）
+                <w:br/>
+                下午：午餐后，前往游览【大观楼】（参观约 60 分钟），大观楼公园始建于清朝康熙二十一年 （公元 1682 年）。距今已有 300 余年。明代，世袭镇守云南的沐氏在滇池练习水师，特在 此地建造苑圃，因与滇池对岸太华山相近，故名“近华浦”。稍后，湖北僧人乾印来此结茅读经，修建了一座观音寺，距今也已有 300 余年。游玩【滇池海埂大坝】（参观约 30 分钟），参观美丽的“高原明珠”滇池，眺望有“睡美人”山之美称的西山。每年冬天有成千上万只北方飞来的红嘴鸥在滇池越冬，嬉闹戏水，争抢食饵，给滇池增添了无限的情趣。（每年 11 月-隔年 3 月，来自西伯利亚的小精灵-红嘴鸥，将远赴而来）之后乘车前往楚雄，参观神圣图腾的彝人部落，从【祭火大典】开始向远道而来的朋友们诉说本族的传奇故事，如果您不知道左脚舞怎么跳，那就让彝族小伙和姑娘来教你吧！此外，放开小酌，“大口喝酒，大块吃肉”的豪情请尽情挥洒在彝人们盛情的【长街宴】。参与【彝族篝火晚会】载情歌舞，火光摇曳，星汉灿烂，感受一场传承文化的时光穿梭旅行。鼓起勇气加入人群中，围着火堆手拉手，是令人难忘的体验。晚餐后入住酒店休息，特别安排【欢迎水果】。
+                <w:br/>
+                <w:br/>
+                温馨提示：初上高原，各位贵宾注意休息，避免剧烈运动。昆明昼夜温差较大，注意增添衣物；
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">昆明盘龙戴斯精选温德姆酒店（农大店）、戴斯精选温德姆酒店(昆明官渡云大西路店)或不低于以上标准</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">楚雄曼汀酒店、红屋心悦酒店、楚雄都市华庭酒店（龙江公园店）、楚雄曼格酒店（彝人古镇店）或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                昆明→大理（车程约4.5小时）→大理桃源苍洱大观线（音乐酒吧车、生态廊道骑行、 航拍&amp;旅拍+金花共舞+喜洲古镇扎染体验）
+                楚雄→大理（约180公里，车程约2.5小时）→理想邦→大理桃源苍洱大观线（音乐酒吧车、生态廊道骑行、航拍&amp;旅拍 +金花共舞）→喜洲古镇扎染体验
                 <w:br/>
                 上午：酒店自助早餐，后乘车前往大理。
                 <w:br/>
                 下午：抵达后，前往游览桃源线。游览如下：
                 <w:br/>
                 第一站:【乘坐音乐酒吧车】到达大理苍山十九峰之首云弄峰下，观苍山之险峻，赏洱海之碧波，乘坐【音乐酒吧车】行进廊道之中，共享海天一色（20分钟）。
                 <w:br/>
                 第二站:【生态廊道骑行】可选心仪自行车，骑入自然之中，用些许汗水换取美妙风景，为自己的心灵之旅添上一笔美好回忆（30分钟）。
                 <w:br/>
                 第三站：【航拍、旅拍】专业摄影师和航拍师已为您提前找好记录苍洱美景最好的机位，只等您的到来，带上您最好的状态展现在镜头前，将您留在大理的笑容再一次具象化（4张照片、15分钟）。
                 <w:br/>
                 第四站：【金花共舞】廊道最美草湾，临水与白族金花共同起舞，同乐于苍洱大观（15分钟）。
                 <w:br/>
                 第五站：前往【喜洲古镇有风小院】体验大理民间传统手工艺【非遗白族扎染】（可带走一份A4大小扎染布）扎染是我国民间传统的染色技术之一，与蜡染和镂空印花并称为我国古代三大印花技术。扎染曾一度较为兴盛，技术成熟，花色繁多，很多地区都生产使用。唐朝尤为兴盛，后来由于历史原因，扎染濒临绝迹。扎染除了在印度、柬埔寨、泰国、印度尼西亚、马来西亚等国保留外，仅在中国的西南少数民族地区仍旧保留使用。
                 <w:br/>
                      后入住大理酒店。
                 <w:br/>
                 晚上：晚餐享用【大理海景晚餐】。落霞与湖光交辉，美食与美酒相伴。品味洱海边极致浪漫的时光。晚餐后入住酒店休息。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.高原地区紫外线强，请各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全。
                 <w:br/>
                 2.少数民族聚集地，请尊重少数民族风俗文化，避免为您带来不必要麻烦。
                 <w:br/>
@@ -997,51 +994,51 @@
                 1.景区人流较大，请注意保管好个人财物。
                 <w:br/>
                 2.高原地区紫外线强，请各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全。
                 <w:br/>
                 3.少数民族聚集地，请尊重少数民族风俗文化，避免不必要麻烦。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">丽江慕伦朗格、丽江途景雅阁度假酒店、丽江隐茂雪山观景精品酒店、丽江茹心禅院、丽江亚俪雪山揽景度假酒店、丽江右见雪山美宿酒店或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1052,51 +1049,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大理----始发地（飞机约2.5小时）
+                丽江—大理----始发地（飞机约2.5小时）
                 <w:br/>
                 上午：酒店自助早餐后，根据航班时间，丽江乘车前往大理凤仪机场，贵宾乘机飞回始发地（参考航班：大理飞广州CZ6596/1225--1440，仅供参考，具体以通知为准），结束愉快的云之旅！
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.感谢各位贵宾对我们工作的支持和理解，针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1174,59 +1171,61 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州-昆明，大理-始发地；
                 <w:br/>
                 往返程飞机经济舱特惠机票，航班时间等以航司出票为准； 
                 <w:br/>
-                2、住宿：指定酒店。
-[...1 lines deleted...]
-                2、用餐：5早餐7正餐1餐包，团餐餐标30元，特色餐餐标50/人（大理菌火锅+大理海稍鱼+大理海景餐厅+土司宴）；早餐均为酒店自助早，不用不退。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                2、住宿：指定参考酒店。
+                <w:br/>
+                2、用餐：5早餐7正餐1餐包，团餐餐标40元/人*6正，特色餐餐标50/人*2正；早餐均为酒店自助早，不用不退。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 3、门票：含行程所列景区首道大门票，不含未注明景区小交通费用（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
                 3、用车：根据收客人数安排车型，保证每人1正座。
                 <w:br/>
                 4、导游：持有中国导游证的中文导游，当地分段导游服务【10成人起安排地陪导游，10成人以下安排司机兼向导】（提别说明：为保证成团率，此线路为广东拼团线路，第一天和最后一天是接送组师傅负责接送，师傅会提前短信或电话联系您约定集合时间地点，注意留意手机信息，及时回复确认。接送期间无导游陪同，请注意；昆明导游第一天上团，带完大理古城行程下团，丽江导游到大理接贵宾带完丽江下团，中甸导游带完中甸行程下团，第六天返丽江车上无导游）。
+                <w:br/>
+                5、小童：2周岁以下婴儿不含任何费用，全部由家长自理；2-11周岁小孩含机位、车位、半价正餐，不占床位、不含门票（超高门票需当地自理）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1556,51 +1555,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>