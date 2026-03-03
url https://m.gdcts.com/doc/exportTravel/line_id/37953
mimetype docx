--- v0 (2026-01-18)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇牌玩家】澳大利亚东海岸大洋路8天澳式山庄之旅/悉尼/旧都/大洋路/布里斯本/黄金海岸（南航 广州起止）行程单</w:t>
+        <w:t xml:space="preserve">【五一】澳大利亚东海岸大洋路8天澳式山庄之旅/悉尼/墨尔本/大洋路/布里斯本/黄金海岸（南航 广州起止）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCCZAU08NS#2548</w:t>
+              <w:t xml:space="preserve">OCCZAU08NS#2608</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -398,74 +398,76 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
-                黄金海岸东星斑生蚝海鲜野味餐（升级8菜1汤）；
-[...1 lines deleted...]
-                澳式牛扒餐、特色西式简餐，品尝当地饮食，深入了解当地生活习俗；
+                正餐中式餐升级为八菜一汤，呵护您的中国胃；
+                <w:br/>
+                黄金海岸东星斑生蚝风味养生餐；
+                <w:br/>
+                海鲜风味自助餐、特色西式简餐，品尝当地饮食，深入了解当地生活习俗；
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
-                【旧都】：漫步旧都的巷道，领略旧都的无穷魅力；
+                【墨尔本】：漫步墨尔本的巷道，领略墨尔本的无穷魅力；
                 <w:br/>
                 【悬崖海岸公路】：号称世上最美公路之一，“人生必去的二十个旅程” 之一；
                 <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼环形码头车站】：欣赏悉尼两大地标建筑的壮丽景色，探索悉尼的独特魅力；
                 <w:br/>
                 【滑浪者天堂】： “电影海王取景地”、全世界最长的海岸线，绵长的金色沙滩；
                 <w:br/>
                 【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
                 <w:br/>
                 【澳式山庄】：自驾高尔夫球车追野生袋鼠、篝火晚会、乡村舞蹈及观星空目睹奇妙的南十字星；
                 <w:br/>
-                【旧都国立美术馆】：澳大利亚最大的美术馆，收藏着来自澳大利亚、欧洲、亚洲等地方的世界级艺术珍品；
+                【墨尔本国立美术馆】：澳大利亚最大的美术馆，收藏着来自澳大利亚、欧洲、亚洲等地方的世界级艺术珍品；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 南方航空：荣获中国民航飞行安全最高奖——五星奖；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
@@ -629,51 +631,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：机上午餐     晚餐：机上晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">悉尼：Holiday Inn Express Sydney Macquarie Park或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -773,349 +775,349 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼-/-旧都	航班：待定或后一天早班机
+                悉尼-/-墨尔本	航班：待定或后一天早班机
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【邦迪海滩】
                 <w:br/>
                 澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
                 <w:br/>
                 【无边泳池—外观】 
                 <w:br/>
                 无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
                 <w:br/>
-                【屈臣氏湾Watsons Bay】
-[...1 lines deleted...]
-                是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
+                【玫瑰湾】
+                <w:br/>
+                玫瑰湾是悉尼东区著名的高尚海滨郊区，位于悉尼中央商务区以东 7 公里处，坐落在悉尼港南岸，介于 Double Bay 和 Watson's Bay 之间，是悉尼少数能同时欣赏到悉尼歌剧院和悉尼海港大桥壮丽景色的地点之一。是悉尼举行各种各样展览，文艺表演和庆祝活动最集中的地方。2000年奥运会的会标也矗立于此。每逢盛大节日，这里还是观看烟火的好地方。
                 <w:br/>
                 【悉尼港特色渡轮】
                 <w:br/>
                 乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
                 <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
                 【新南威尔士美术馆】
                 <w:br/>
                 美术馆建于1874年，是澳洲国内3大美术馆之一，陈列着澳洲境内优秀的艺术作品。馆内主要展出的是澳大利亚各个时期的美术作品，也有印象派大师和亚洲的美术作品。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：西式牛扒餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">旧都：Element Richmond或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                旧都 – 悬崖海岸公路 – 旧都
+                墨尔本– 悬崖海岸公路 – 墨尔本
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【悬崖海岸公路】
                 <w:br/>
-                悬崖海岸公路位于旧都西部，是澳大利亚最著名的自然景观之一。沿着这条路行驶，您将目睹令人惊叹的海岸风光，穿过独特的岩层，并经过迷人的维多利亚小镇和海滨渔港。准备好一段激动人心的旅程，品尝大自然的壮观盛宴。
+                悬崖海岸公路位于墨尔本西部，是澳大利亚最著名的自然景观之一。沿着这条路行驶，您将目睹令人惊叹的海岸风光，穿过独特的岩层，并经过迷人的维多利亚小镇和海滨渔港。准备好一段激动人心的旅程，品尝大自然的壮观盛宴。
                 <w:br/>
                 【十二门徒岩】
                 <w:br/>
                 一组穿出南大洋水面巍然耸立的巨型岩石，位于悬崖海岸公路坎贝尔湾，是澳大利亚著名地标性景观之一，大约形成于2000万年前，由12块各自独立的岩石群组成。这组岩石群千万年来，在海风和海浪的不断侵蚀下，逐渐形成了形态各异的奇岩，因为其数量和形态酷似耶稣的十二门徒，因此得美名十二门徒岩。
                 <w:br/>
                 【阿波罗湾】
                 <w:br/>
                 这个海湾位于维多利亚州南部海岸，呈美丽的新月形，曾是 20 世纪 30 年代的捕鲸站，现在是著名的冲浪和旅游胜地。
                 <w:br/>
                 【洛克阿德峡谷】
                 <w:br/>
                 洛克阿德峡谷 (Loch Ard Gorge) 也被称为六峡 (Six Gorges)，得名于一艘名为洛克阿德 (Loch Ard) 的英国移民船，该船在前往旧都的途中遭遇海难。为了纪念遇难者，人们修建了一座墓地，并将这个地方命名为洛克阿德。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：西式简餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">旧都：Element Richmond或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                旧都经典一日游
+                墨尔本经典一日游
                 <w:br/>
                 早餐后开始今日精彩的行程：
                 <w:br/>
                 【联邦广场】
                 <w:br/>
                 联邦广场是澳大利亚结构最复杂、最宏大的建筑项目之一。联邦广场面积占了整整一个街区，独特的、超现实的抽象主义建筑风格，颜色与格调洋溢着浓厚的澳大利亚土著文化色彩，体现了澳大利亚国民对源远流长的土著文化和土著居民祖辈的尊重，其鲜明而大胆的设计风格出自Lab建筑师事务所 （Lab Architecture）和澳大利亚Bates Smart建筑设计事务所之手。
                 <w:br/>
                 【涂鸦街】
                 <w:br/>
                 旧都的涂鸦文化，巷内多条通道都喷满涂鸦，各种七彩涂鸦中不乏国际大师手笔，已成旧都一大观光景点，也被《Lonely Planet》，选为澳洲文化景点首选。
                 <w:br/>
                 【电车】
                 <w:br/>
                 是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索旧都及其周边区域，穿梭在旧都的市区，让时间仿佛倒流回到19世纪。
                 <w:br/>
                 【圣派克大教堂】
                 <w:br/>
-                位于旧都市圣派翠克公园旁边，是旧都也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
+                位于墨尔本市圣派翠克公园旁边，是旧都也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
                 <w:br/>
                 【皇家植园】
                 <w:br/>
                 皇家植物园建于19世纪，是当今世界上设计最好的植物园之一，种植着来自澳大利亚甚至世界各地的奇花异草。很值得我们观赏，体验活动丰富多彩，有儿童花园、植物标本馆、植物园商店等。
                 <w:br/>
                 【国立美术馆】
                 <w:br/>
-                国立美术馆（简称 NGV）位于旧都市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
+                国立美术馆（简称 NGV）位于墨尔本市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">旧都：Element Richmond或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                旧都-/-布里斯本//黄金海岸-考拉奔山庄 	航班：待定或前一天晚班机
+                墨尔本-/-布里斯本//黄金海岸-考拉奔山庄 	航班：待定或前一天晚班机
                 <w:br/>
                 上午飞往布里斯本或黄金海岸，抵达后开始今日精彩的行程：
                 <w:br/>
                 【南岸公园（South Bank Parklands）】
                 <w:br/>
                 位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
                 <w:br/>
                 【袋鼠角】
                 <w:br/>
                 袋鼠角是观看整个布里斯班城市风光和河流风光的绝佳观光点。布里斯班河流经这儿时正好是个 U 字形，整片城市风貌以超广角呈现，相当壮观，一大片棱形的布里斯班河水面也格外引人注目；
                 <w:br/>
                 【昆士兰博物馆 (Queensland Museum) 】
                 <w:br/>
                 是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
                 <w:br/>
                 【华美达考拉奔山庄】
                 <w:br/>
                 位于布里斯班与黄金海岸金三角风景旅游区，依山傍水被群山和河流环绕的山庄单就地理位置而言，在整个昆士兰州都是独一无二的。山庄拥有独具澳洲内陆土著风情的 80 多项娱乐活动，尽情享受澳式度假生活！（以下活动会根据不同季节及天气变化而调整，具体以山庄当天公布活动时间为准！）：
                 <w:br/>
                 自驾高尔夫球车在山谷中追逐野生袋鼠，寻找可爱野生袋鼠的踪迹，享受穿梭在度假村内遨游的时光。晚餐后，聚集在浩瀚星空下，点燃篝火，进行一场欢快的澳洲传统土风舞及篝火晚会。（如果碰到下雨会改成室内），后客人可自行前往体验农场内乒乓球、撞球、中国象棋、桌上冰球或找一处草地，观浩瀚星空。也可以自费参加自动麻将、卡拉OK等活动。
                 <w:br/>
                 （※注意事项※：高尔夫球车两人一部车，驾驶者需具有驾驶证，必须年满16周岁，如未满16周岁，虽无法开车，但仍可乘车看野生袋鼠）；
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
@@ -1393,51 +1395,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	代办本次行程ADS团队签证费用
                 <w:br/>
                 3.	全程豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，10正7早
+                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐35澳币/餐/人，10正7早
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8.    小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                 	12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1872,51 +1874,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>