--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -1170,50 +1170,52 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、住宿：全程指定酒店（不提供自然单间，产生单房差由客人自理）
                 <w:br/>
                 2、门票：含行程所列景区首道大门票，不含景区小交通费用【行程标注含的小交通项目除外】（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
                 3、用餐：5早7正，正餐40/人，10人/桌，每桌10菜一汤；酒店含早，不用不退。
                 <w:br/>
                 4、用车：陆地头等舱2+1空调旅游大巴，5年以上专业司机驾驶，确保一人一座；(16成人以上安排2+1头等舱）
                 <w:br/>
                 5、导游：持有中国导游证的中文导游，当地提供分段导游服务，10成人起派当地优秀分段地陪导游服务。
                 <w:br/>
                 6、大交通：含始发地至丽江返机票（团队票开出后不得签转、更改及退票）含机场建设费，燃油税。
+                <w:br/>
+                7、小童：2周岁以下婴儿不含任何费用，全部由家长自理；2-11周岁小孩含机位、车位、半价正餐，不占床位、不含门票（超高门票需当地自理）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1547,51 +1549,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>