--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春节【京城住二环】北京双飞5天丨故宫丨学霸带你游清华丨科技馆丨春节庙会丨颐和园丨恭王府丨冰雪嘉年华行程单</w:t>
+        <w:t xml:space="preserve">春节【京城住二环】北京双飞5天丨故宫丨圆梦清华/北大丨科技馆丨春节庙会丨颐和园丨恭王府丨冰雪嘉年华行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -398,51 +398,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【美好旅行】28人精品小团。美好旅游真谛，干净透明拒绝套路。
                 <w:br/>
                 ★【品质航空】精选品质航空，玩足5天，广州直飞北京
                 <w:br/>
                 ★【中国科学技术馆】我国唯一的国家级科技馆，是学习科学知识和历史的宝藏馆之一。
                 <w:br/>
-                ★【圆梦清华】学霸带你游清华，独家赠送清华周边！从此圆了大学梦！
+                ★【圆梦清华】特别安排让孩子们当个小小博士穿上博士服合影百年名校【清华或北大】，感受我国最高学府的学习氛围。
                 <w:br/>
                 ★【逛庙会】带孩子体验老北京最具新年特色传统文化---逛庙会
                 <w:br/>
                 ★【八达岭长城】“不到长城非好汉”，亲身体验万里长城的宏伟景观和深厚文化历史内涵。
                 <w:br/>
                 ★【颐和园】中国古典皇家园林之首，品味古代建筑美学，被誉为“皇家园林博物馆”
                 <w:br/>
                 ★【冰雪嘉年华套票】冬天总要去北方看雪吧，让孩子感受北方的冰雪狂欢季，享受快乐的冬天！
                 <w:br/>
                 ★【恭王府】京城十大顶级“豪”四合院之一和珅府，故有了“一座恭王府，半部清代史”的说法。
                 <w:br/>
                 ★【什刹海】北京著名的一片历史街区，众多名人故居、王府等古迹散落其中，还有贴近老百姓生活的各类美食，后海酒吧街更是京城夜生活的老牌胜地。
                 <w:br/>
                 ★【烟袋斜街】宛如一只烟袋，细长的街道好似烟袋杆儿，东头入口像烟袋嘴儿，因此以“烟袋”命名斜街。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -775,50 +775,52 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 八达岭长城--冰雪嘉年华--奥林匹克公园--外观鸟巢水立方
                 <w:br/>
                 早餐后，乘车前往【八达岭长城】，登上长城烽火台，尽享“不到长城非好汉”之感，八达岭长城是明长城中保存最好的一段，是万里长城的精华和杰出代表，巍峨险峻、秀丽谷翠，气势磅礴的城墙南北盘旋延伸于群峦峻岭之中，视野所及，不见尽头，史称天下九塞之一（您可以选择徒步，或乘滑道/缆车游长城160 元/人费用自理，此处为景点内公共交通设施，方便有需要的游客，不作为加点推荐。请您根据个人身体情况，量力而为，注意人身安全和财产安全）。
                 <w:br/>
                 后前往【北京冰雪嘉年华含套票】让南方的孩子感受一下北方冬日的冰雪狂欢季，畅游冰雪乐园，包含：雪上飞碟（不限次）、飓风墙（不限次）、小冰车、雪地坦克、雪地转转、雪地悠波球、儿童乐园、雪地探宝、充气城堡、雪地蹦床 。
                 <w:br/>
                 后亲临中国人奥运梦的【奥林匹克公园】北京奥林匹克公园是北京市爱国主义教育基地、中国红色旅游景区，是举办北京2008年奥运会的主要场地和2022年冬奥会举办地，拥有：亚洲最大的城区人工水系、亚洲最大的城市绿化景观、世界最开阔的步行广场、亚洲最长的地下交通环廊。近距离感受奥运会主会场—国家体育场【鸟巢】和国家游泳中心【水立方】的场馆风采。	 
                 <w:br/>
                 ***温馨提示***
                 <w:br/>
                 1、八达岭门票需实名预约，每日限流，如遇政策性原因闭园或未能预约成功，则更换为居庸关长城或其他景区。
                 <w:br/>
                 2、因长城距市区距离较远（约60公里），可在前往途中车上休息。为了不影响您的游览时间，游览长城当天的叫早时间和早餐时间会比较早，请做好早起准备，敬请谅解。
                 <w:br/>
                 3、八达岭长城您可以选择徒步登长城，或乘长城缆车/滑道（自理 160 元/人），不属于推荐白费项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。
                 <w:br/>
                 4、登上八达岭长城后为游客自由参观，导游将您送到长城景区，检票后不跟团讲解。
                 <w:br/>
                 5、奥林匹克公园可选择交通工具——景区奥运小火车+奥运备选节目杂技表演280元/人，也可升级VIP坐席+100元每人（自理）。
                 <w:br/>
+                6、滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -849,79 +851,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                同仁堂--学霸带你游清华--颐和园
+                同仁堂--外观清华/北大--颐和园
                 <w:br/>
                 早上参观百年老店【同仁堂】揭秘宫廷中医，了解中国谢姓最负盛名的堂号，既有它的神圣性，更有它神奇的典故来源，中华中药，享誉世界（该中心为北京非遗文化，并非购物点，客人参观之余如需消费，请结合自身需求理性购买）。
                 <w:br/>
-                清华学霸带你游清华大学，走进大学校园，近距离感受中国最著名大学的迷人魅力，自1911年清华学堂建立至今，百余载春秋的发展历程，形成了清华大学独特的魅力和深厚的文化底蕴。参观路线：清华门-荷塘月色-二校门-大礼堂-校史馆-图书馆-主楼-校训碑-铜像-清华学堂-荷塘月色-水木清华-清华园。
-[...15 lines deleted...]
-                独家赠送：清华大学校徽、清华签字笔、清华笔袋、清华笔记本！
+                随后前往中国著名的高等学府留影，孩子可以穿上博士服拍照留念。合影百年名校【清华大学或北京大学】感受中国最著名大学的迷人魅力，激发奋发向上的学习精神。
                 <w:br/>
                 游览世界上保存最大最完整的皇家园林--【颐和园】。园内最有特色的是以精美绘画著称的长廊，有546幅西湖胜景和8000多幅人物故事、山水花鸟。是利用昆明湖、万寿山为基址，以杭州西湖风景为蓝本，汲取江南园林的某些设计手法和意境而建成的一座大型天然山水园。1992年颐和园长廊以“世界上最长的长廊”列入吉尼斯世界纪录。
                 <w:br/>
                 ***温馨提示***
                 <w:br/>
-                1、同仁堂展示北京非遗文化，同时可购买正规特产、纪念品和礼品，不视为旅行社安排的购物，请自愿理性消费。
-[...1 lines deleted...]
-                2、清华大学非旅游景点，由清华学子亲自带领大家参观校园。参观时尽量不打扰校园内的生活和学习秩序，如因学校政策性原因或预约问题不允许进入校内，则改进北京大学，如北京大学也安排不了则退200元/人，再赠送参观“211”重点大学--北京外国语大学或其他知名大学。
+                同仁堂展示北京非遗文化，同时可购买正规特产、纪念品和礼品，不视为旅行社安排的购物，请自愿理性消费。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2039,51 +2023,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>