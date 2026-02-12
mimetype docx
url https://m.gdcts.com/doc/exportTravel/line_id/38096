--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -596,50 +596,52 @@
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-北京（飞机）-恭王府-护国寺小吃街
                 <w:br/>
                 上午：于指定的时间自行前往白云机场集中（具体集中时间/地点出发前1-2天通知），后工作人员办理登机手续，乘飞机赴北京,抵达北京后入住酒店。北京是我国的政治、文化中心和国际交往的枢纽，也是一座著名的“历史文化名城”
                 <w:br/>
                 下午：前往【半部清史里-恭王府】（游览时间1.5小时左右），漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。
                 <w:br/>
                 【护国寺小吃】是北京地方小吃的代表之一，以品种丰富、特色突出、历史文化底蕴深厚而闻名 。始建于元代。早年，每逢农历初七、初八的护国寺庙会，京城的小吃摊贩便会云集于此，沿街叫卖艾窝窝、盆糕、豌豆黄等小吃，护国寺小吃由此诞生。1956年，这些小吃摊集中成立了护国寺小吃店，经过数十年发展，逐渐形成品牌。护国寺小吃不仅是味蕾的享受，更承载着老北京的历史记忆与市井风情。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
                 <w:br/>
                 2.行程会根据航班抵达及离港时间在不减少游览景点和游览时间的前提下，对景点的游览顺序作合理的调整。
                 <w:br/>
                 3.行程为广东散拼团，航班、车次时间如相差1小时以内的，接送机我司安排一同接送，航班、车次经常出现延误，在接机、接站过程中可能有等候情况，请和客人提前说明，并请谅解，十分感谢。
+                <w:br/>
+                4.滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1462,51 +1464,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>