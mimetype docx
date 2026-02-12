--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -972,51 +972,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州南沙国际邮轮母港   离船 (预计 10:00 靠港)
                 <w:br/>
-                邮轮将于下午 10:00 抵达厦门邮轮母港，难忘的邮轮之旅就此划上句号。您可以睡到自然醒，然后享受邮轮上的特色餐饮，办理离船手续。最后贵宾按照邮轮公司安排依次下船，带上丰厚收获和甜蜜回忆结束此次美妙的邮轮海上旅程。
+                邮轮计划将于今天回到码头，贵宾按照邮轮公司安排依次下船，告别陪伴您船员，带上一路上的丰厚收获和甜蜜记忆。办理离船手续。结束美妙的游轮海上旅程。邮轮靠岸后请勿着急，仔细阅读游轮活动日程表.1.一上所安排的时间内容，依照指示下船，爱达邮轮期待与您再次相遇
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1641,51 +1641,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>