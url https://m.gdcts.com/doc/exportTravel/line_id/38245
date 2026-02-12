--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -1115,50 +1115,67 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、香港车辆和室内的空调开的通常比较足，请您带好衣物，避免室内室外的巨大反差带来的身体不适。
                 <w:br/>
                 2、香港澳门酒店的电压为220伏电源插座为英式插座（即三角方扁插头），出发之前自己准备转换插座。
                 <w:br/>
                 3、香港有些店铺不支持使用微信、支付宝、人民币，建议您在出行前，适当兑换一些港币。
                 <w:br/>
                 4 、过马路千万不要闯红灯，最高会被罚2000。
                 <w:br/>
                 5、不要乱丢垃圾和随地吐痰，会被罚1500。
                 <w:br/>
                 6、不能在公共场合抽烟，会被罚5000。
                 <w:br/>
                 7、公共场合不要爆粗口，否则轻则罚款，重则监禁。
                 <w:br/>
                 8、香港没有充电宝租赁，请出行带好充电宝及充电线。
                 <w:br/>
                 9、备常备药品（如胃肠药、创可贴等）。
                 <w:br/>
                 10、请自行准备洗漱、拖鞋等个人日常用品。
+                <w:br/>
+                <w:br/>
+                因2026年春节期间，港澳地区受出入境口岸、交通管制、市区路、景点人流拥堵等影响，行程中部分景点会受到影响，详情的参考如下；
+                <w:br/>
+                1：黄大仙：初一至初五（2.17-2.21）取消此景点，免费专案无费用可退
+                <w:br/>
+                2：天星小轮：初一至初五（2.17-2.21）取消此最点，赠送专案无费用可退
+                <w:br/>
+                3：日油麻地警署.涉及不开门的日期改外最拍照（具体以当天是否开门为准）
+                <w:br/>
+                4.涉及包含香港故宫畏点的产品：初一至初二（2.17-2.18）闭馆取消，退费50/人
+                <w:br/>
+                5；维港夜船；初二（2.18）受维港烟花汇演影响，上维港的时间为白天，看不到夜景
+                <w:br/>
+                6.初一花车巡游大面积封路，初二维港烟花大面积封路，钟楼、中环码头、摩天轮，会展中心、金紫广场等维港两岸片区和部份尖沙咀片区可能无法前往，我司有权视实际情况灵活调整行程；
+                <w:br/>
+                -特此通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1199,51 +1216,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>