--- v0 (2026-02-04)
+++ v1 (2026-03-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节】游艇泰兰德-泰国曼谷+芭提雅纯玩6天5晚行程单</w:t>
+        <w:t xml:space="preserve">游艇泰兰德-泰国曼谷+芭提雅纯玩6天5晚行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">广州往返+双岛游+海天盛筵盛宴派对嗨翻天</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -408,63 +408,63 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ✅ 品质纯玩：品质纯玩，时间全留给美景美食！
                 <w:br/>
-                ✅ 贴心保障：金牌领队陪同出行，泰式无忧出行！
+                ✅ 贴心保障：中文导游+全程领队服务，泰式无忧出行！
                 <w:br/>
                 ✅ 经典打卡：大皇宫+玉佛寺，曼谷最大海鲜市场-吞武里海鲜市场，网红JODD夜
                 <w:br/>
                 ✅ 特别安排：
                 <w:br/>
                 （1）水上乐园豪华游艇出海+海钓：芭提雅豪华游艇出海之旅，解锁海上狂欢新姿势，将水上乐园的欢乐、海钓的惊喜一网打尽，为你带来难忘的海上探趣。
                 <w:br/>
                 （2）在芭提雅海湾的浪漫夜色中开启一场专属的狂欢-东方嘉年华海天盛筵晚宴盛，享用豪华自助晚宴。
                 <w:br/>
                 （3）The sky gallery浪漫悬崖下午茶 --芭提雅最美悬崖餐厅，俯瞰海景，海水湛蓝，海风轻拂，视野开阔，品尝一份夏日饮品浪漫礼遇，拍出大片，享受度假松弛感。
                 <w:br/>
-                ✅ 出海体验：格兰岛以其清澈的海水和丰富的水上活动而闻名，是出海游玩的理想选择
+                ✅ 双岛体验：探访象雅岛+曼奈岛，享受阳光、沙滩、海浪、比基尼！入住1晚象牙岛海景别墅或星空泡泡屋（一岛一酒店），推开门就是海！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -636,147 +636,144 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">曼谷当地5钻酒店参考曼谷兰甘亨威茨酒店或其他同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大皇宫+玉佛寺→芭提雅→网红吞武里海鲜市场→网红大金佛观太平洋无敌海景→东方嘉年华-海天盛筵盛宴派对
                 <w:br/>
                 请贵宾按照通知时间于酒店大堂集合，开始今日旅程~
                 <w:br/>
                 【大皇宫】（游览时间约120分钟）（如遇政策性因素或不可抗力因素影响不能游览，则替换其他景点，恕不退费或补偿，敬请谅解）,泰国曼谷王朝一世王至八世王的王宫，是历代王宫保存最完美、规模最大、最有民族特色的王宫现仅用于举行加冕典礼、宫廷庆祝等仪式。【玉佛寺】按泰国传统，泰王每年亲自为玉佛更换袈裟：热季换上镶红宝石的金衣，雨季穿着缀有蓝宝石的金衣，而凉季则是一件纯金的金衣。后乘车前往芭提雅（车程约3小时）。
                 <w:br/>
                 【网红吞武里海鲜市场】（游览时间约90分钟）这是一个令人兴奋的海鲜天堂！这里汇聚了来自暹罗湾和安达曼海的丰富海鲜资源，为您带来无尽的美食体验。新鲜的龙虾、螃蟹、多元化的虾类、鱼类，您可以根据自己的喜好选择。这里有300多个摊位为您提供最佳的烹饪建议，同时拥有多家曼谷街头米其林推荐餐厅，每天还有乐队驻唱，环境干净卫生，大快朵颐的同时还能够身心愉悦。
                 <w:br/>
                 【网红大金佛观太平洋海景】（游览时间约25分钟）去芭提雅最高的山顶拜大金佛賞太平洋风景。虔诚的佛教国家，寺庙林立，在最高的山顶，拜最高的佛，远眺太平洋暹罗海湾的优美风景。
                 <w:br/>
                 【东方嘉年华海天盛宴-男模派对-豪华自助晚宴】(游览时间约60分钟)在芭提雅海湾的浪漫夜色中开启一场专属的狂欢——东方嘉年华海天盛筵晚宴盛。现场星光熠熠，帅气迷人的男模们用独特的魅力与自信的步伐，点燃整个晚宴的激情氛围。精致的美食散发着诱人的香气，与悠扬的音乐、璀璨的灯光相互交融，打造出极致奢华的感官体验。这不仅仅是一场晚宴，更是时尚与社交碰撞出的璀璨火花，是魅力与格调交织而成的梦幻之境，让每一位参与者都沉浸其中，尽情畅享这独一无二的东方时尚盛事，留下难以磨灭的璀璨记忆，在繁华与荣耀中感受无尽的尊荣与惊喜。 芭提雅海天盛筵是唯一一个 360 度游轮海景 Party，游轮上有全泰国颜值最高的男模和人妖公主，汇聚了人妖表演、男模表演、乐队表演，这里还有国际美食自助餐，有日料，海鲜，泰式生腌等，还有青口贝，罗氏虾，三文鱼无限供应，各种水果甜品吃到撑。音乐、舞蹈、美食，热辣的气氛，全方面刺激你的感官，多巴胺分泌爆表！备好小费可以零距离的接触男模合影。
                 <w:br/>
+                <w:br/>
                 温馨提示：
                 <w:br/>
                 1.参观大皇宫男士须穿长裤， 不穿无袖衣；女士需穿过膝长裙， 女士不可穿露背、 吊带衣及超短裙；
                 <w:br/>
                 2.游览时不要大声喧哗， 不得攀爬任何寺内建筑物， 部分殿内不允许拍照或摄影， 请留意标识；
                 <w:br/>
                 3.曼谷天气炎热， 游览寺庙露天区域的时候注意防晒补水。
                 <w:br/>
-                餐饮：  早 餐/酒店早       午 餐/海鲜市场自理      晚 餐/海天盛宴国际自助餐
-[...2 lines deleted...]
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：酒店     午餐：X     晚餐：海天盛宴国际自助餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芭提雅当地四钻特色别墅瓦尼达花园度假村或其他同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -805,163 +802,162 @@
                 【泰服换装体验】（游览时间约30分钟）俊男靓女们换上泰国传统服饰，体验泰国最当地的风土人情，自行拍好看的照片作为泰国之行的纪念，也不失为一个美好的回忆。
                 <w:br/>
                 【泰式海鲜BBQ 大头虾自由暴击】大头虾还在抖触须，炭火一烤立刻蜷成弯月爆汁，虾头里的膏黄被烤得滋滋冒油。拿盘时直接按盆舀，刷上秘制鱼露辣椒酱，连壳带肉嚼出酸辣海味。青口贝、海螺、鱿鱼、螃蟹，还有十几种肉类，配上沁人心脾的冰可乐，涮烤锅分开沸腾，沸成烟火气里的无限续杯！
                 <w:br/>
                 餐饮：  早 餐/酒店早       午 餐/游艇简餐        晚 餐/泰式海鲜BBQ 
                 <w:br/>
                 住宿：芭提雅网评5钻酒店参考Bay beach酒店或其他同级酒店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：酒店     午餐：游艇简餐     晚餐：泰式海鲜BBQ   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芭提雅当地四钻特色别墅瓦尼达花园度假村或其他同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出海体验:格兰岛出海→杜拉拉水上市场
+                梦幻双岛游:体验私家岛屿象雅岛&amp;探访曼奈岛→象雅岛K歌派对
                 <w:br/>
                 请贵宾按照通知时间于酒店大堂集合，开始今日旅程~
                 <w:br/>
-                乘车前往码头搭乘快艇前往：【格兰岛】（行程时间约3小时），在情人岛最漂亮的 “水晶沙滩”，你可换上最靓丽的泳装，把自己丢到一望无际的大海里，或者做做日光浴，吹吹海风，享受悠闲的海岛时光，放松自我、忘掉一切世俗尘嚣，尽享这世外桃源给予的难得假期。
-[...4 lines deleted...]
-                注意：65 岁以上的老人及孕妇不建议乘快艇过岛出海，具体以实际情况为准，（如不能过海费用不予退还，谢谢理解）
+                乘车前往码头乘坐快艇前往【私家岛屿象雅岛】（快艇时间约8-15分钟），踏上私家岛屿，沐浴灿烂阳光，漫步柔软沙滩，与网红秋千合影打卡，开启赶海拾贝趣味之旅，解锁泰式海岛的独家浪漫。
+                <w:br/>
+                【象雅岛】是一个全新原生态的岛屿。泰国特别的一岛一酒店的海岛。象雅岛有岛上海景别墅房和时尚浪漫的星空泡泡屋。打造了特别的住宿体验，让游客体验一把岛主的感觉！潮水退去后，低头寻觅有可能捡到海螺、抓到螃蟹，还有会“走路的海胆”，更有多彩砗磲甚是壮观（温馨提示：砗磲需注意保护，仅观赏勿带走）。夕阳把滩涂染成金色时，拎着小桶满载而归，把你的收获加工成美味佳肴。吃着海鲜，喝着小酒，K 着歌。海风里带着咸咸的烟火气——这才是海岛该有的慢时光。也可以体验自费参加一些水上活动等。如果喜欢安静也可以买个椰子躺在沙滩椅上静静的享受阳光沙滩。
+                <w:br/>
+                为了丰富生态旅游体验，我们将带您探访罗勇府【曼奈岛】(英语:KohMan Nai)，又称海龟岛，是位于泰国罗勇府格灵县格兰镇海岸的一座小岛，该岛面积约131莱，养殖了玳瑁海龟和绿海龟等品种的海龟，上岛后，游客可以参观海龟，体验与自然亲近的乐趣‌，还能让你深入了解海龟保护故事，在这方纯净天地，邂逅自然的温柔与生命力。
+                <w:br/>
+                【象雅岛K歌派对】，燃爆夏夜的海王派对等你来战！每天晚上八点钟，相约象牙岛KTV，决战到底。不仅能享受音乐带来的无限快乐，更有超值大奖等你来拿！
                 <w:br/>
                 温馨提示：
                 <w:br/>
-                （1）出海着装：短衣短裤、拖鞋、太阳伞或帽子，做好防晒工作；
-[...7 lines deleted...]
-                住宿：芭提雅网评5钻酒店参考Bay beach酒店或其他同级酒店
+                1.由于泰国常年天气炎热，请您在安全区域里游泳，尽量30分钟内上岸休息，喝水及时补充水份；
+                <w:br/>
+                2.出海着装：短衣短裤、拖鞋、太阳伞或帽子，做好防晒工作；搭乘快艇：依序上下，听从工作人员指挥，穿着救生衣，坐稳且不要随意走动，年长的游客，请勿坐颠簸的船头，避免意外受伤；
+                <w:br/>
+                3.水上活动项目存在一定的危险性，请游客根据自己的身体状况决定是否参与，请客人谨慎选择值得信赖的水上活动商户，同时戏水请勿超越安全警戒线；
+                <w:br/>
+                5.所有行程之外的一切行为均属个人行为，由客人自己承担最终责任，与旅行社无关。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：酒店     午餐：岛上简餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芭提雅象雅岛海景别墅或星空泡泡屋</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -988,68 +984,68 @@
                 【KINGPOWER国际免税中心】（游览时间约90分钟）拥有多种世界知名品牌服饰、香水、化妆品、护肤品、名包名表。还有众多的泰国美食特产，琳琅满目的商品，实惠超低的免税价格。
                 <w:br/>
                 【网红JODD夜市】（时间约90分钟）这里汇聚了各种网红美食，如肉质软嫩、汤头浓郁的火山排骨；还有烤海蜇、烤肉串、凉拌海鲜等特色小吃，以及芒果糯米饭、泰式煎饼、巧克力烤麻糬等甜品，每一样都让人垂涎欲滴。此外，椰子 Q 冰搭配花生碎，口感绝妙；烤鸡肉串、烤猪肉串价格亲民，蜜汁烤酱让人欲罢不能；生腌海鲜酸辣开胃，牛油果奶昔清新浓郁。除了美食摊位，还有不少泰式服饰、包包、饰品小店，风格独特，能淘到很多有趣的小玩意儿，无论是色彩鲜艳的传统泰式服装，还是精致的手工艺品，都能让人爱不释手。
                 <w:br/>
                 餐饮：  早 餐/酒店早       午 餐/四季餐厅咖喱螃蟹餐       晚 餐/夜市自理
                 <w:br/>
                 住宿：住宿：曼谷优质网5酒店贵都或其他同级酒店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：酒店     午餐：四季餐厅咖喱螃蟹餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">曼谷当地5钻酒店参考曼谷兰甘亨威茨酒店或其他同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1069,51 +1065,51 @@
                 <w:br/>
                 早上自由活动，根据航班时刻安排送机。快乐的时光总是过得很快。到了我们该说再见的日子了，希望短暂的普吉之行，能让您留下美好的回忆，期待与您的再次相遇。
                 <w:br/>
                 <w:br/>
                 餐饮：  早 餐/酒店早       午 餐/敬请自理       晚 餐/敬请自理
                 <w:br/>
                 住宿：温暖的家
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1162,55 +1158,55 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ●交 通：行程内的国际往返经济舱机票费用及机场税（费）
                 <w:br/>
                 ●酒 店：入住2晚曼谷优质网评5钻酒店+3晚芭提雅优质网评5钻酒店；2人/间；为提倡环保，部分酒店不提供一次性洗漱用品，请各位贵宾在出团前自备；参考酒店（如宣传图片所示酒店如遇客满则改为以下参考酒店）
                 <w:br/>
-                曼谷参考酒店：
-[...3 lines deleted...]
-                海湾海滩度假村（Bay Beach Resort）、Le Bali Resort&amp;Spa(乐巴厘水疗度假村）、Golden Jomtien Beach Hotel（黄金仲天海滩酒店）、骄傲芭堤雅酒店(The Proud Hotel Pattaya)等同档次酒店（以实际安排入住为准）
+                曼谷当地五钻参考酒店：曼谷兰甘亨威茨酒店(Witz Bangkok Ramkhamhaeng)或曼谷Three Seasons Place Bangkok 或素万那普安查特尔酒店iChapter Suvarnabhumi或亚泰酒店 (Atrium Suvarnabhumi Hotel)或其他同档次酒店（以实际安排入住为准）
+                <w:br/>
+                芭提雅当地四钻参考酒店： 芭提雅特色别墅瓦尼达花园度假村或其他同级酒店
+                <w:br/>
+                芭提雅象雅岛：海景别墅或星空泡泡屋
                 <w:br/>
                 境外酒店没有评星或钻级制度，所有星级或钻级都是根据携程、AGODA、booking专业订房网站评定，携程会存在临时调整钻级的可能，酒店均为指定酒店，故不接受处理钻级临时调整而投诉，敬请谅解!（注：以上为参考酒店，如遇所列酒店满房，会以其他同级酒店的标准房代替，费用不变，具体以最终出团通知书为准。我社保留对酒店的修改和调整之权利，敬请留意）；
                 <w:br/>
                 ●行程表内所列的景点；其他园中园门票自理；
                 <w:br/>
                 ●用 车：行程内用车，根据人数安排车型（保证1人1正座）。
                 <w:br/>
                 ●用 餐：酒店早餐*5餐（儿童不占床不含早）+5正餐 ，用餐取消不用视为自动放弃，费用不退。如因用餐遇航班时间，餐费自理；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -2353,51 +2349,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>