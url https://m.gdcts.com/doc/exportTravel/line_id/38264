--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【臻品青藏 豪叹希尔顿】西藏兰入林出三飞一卧7天 | 体验青藏有氧铁路天路风光 | 360°全景布达拉宫 | 药王山观景台 | 龙王潭公园 | 八廓街 | 藏寨家访 | 雅鲁藏布大峡谷&amp;索松村行程单</w:t>
+        <w:t xml:space="preserve">【臻品青藏 豪叹希尔顿】西藏西宁入林芝出三飞一卧8天 | 体验青藏有氧铁路天路风光 | 360°全景布达拉宫 | 药王山观景台 | 龙王潭公园 | 八廓街 | 藏寨家访 | 雅鲁藏布大峡谷&amp;索松村行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7</w:t>
+              <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -404,53 +404,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 360°感受布宫不一样的美感，
                 <w:br/>
                 ※ 360°环游布达拉宫：【药王山观景台】打卡50元人民币背面图案风景
                 <w:br/>
                 ※ 拍摄最佳布宫高位远景360°感受西藏地标之美【龙王潭公园】拍摄布宫倒影最佳地方
                 <w:br/>
                 ※ 西宁火车进拉萨，林芝飞机出，不走回头路
                 <w:br/>
                 ※ 亲临世界最长、海拔最高的峡谷【雅鲁藏布大峡谷入口段景区】，远眺南迦巴瓦峰
                 <w:br/>
                 ※【索松村】背靠神山南迦巴瓦峰，面朝雅鲁藏布江，漫山遍野的桃花盛开，在蓝天与雪山的映衬下，仿佛进入了陶明渊笔下的世外桃园
                 <w:br/>
                 ※【羊卓雍措】遇见高原蓝宝石，湖水澄澈透亮，与天空一色
                 <w:br/>
                 ※【八廓街】亲近五体投地磕长头的信徒，感受信仰的力量
                 <w:br/>
-                ※【升级礼遇】入住2晚景区内，真正的睡在风景里，观繁星闪烁，赏晨曦美景
-[...1 lines deleted...]
-                ※【藏族家访】参观藏式民居，品一口酥油茶，跳一曲欢乐的锅庄，感受藏族人的幸福生活
+                ※【升级礼遇】拉萨升级国际品牌旗下【希尔顿花园酒店】
+                <w:br/>
+                ※【藏寨家访】参观藏式民居，品一口酥油茶，跳一曲欢乐的锅庄，感受藏族人的幸福生活
                 <w:br/>
                 ※【藏式美食】特别安排特色美食【鲁朗石锅鸡】【牦牛汤锅】品味舌尖西藏
                 <w:br/>
                 <w:br/>
                 ★ 畅游西藏，四大保障巡，礼青藏铁路，从低海拔进发，减轻高原反应！
                 <w:br/>
                 ※【青海西藏联游】乘坐一段青藏高原列车，中国新世纪四大工程之一，是通往西藏腹地的第一条铁路
                 <w:br/>
                 ※【氧无忧保障】配备红景天高原药品，拉萨市内当天配便携式氧气，随车配手提氧气
                 <w:br/>
                 ※【氧无忧保障】随车配备酥油茶，当地人最爱的茶品，有缓解高原反应的帮助，当地人人手必备佳品
                 <w:br/>
                 ※ 专属定制豪华旅游大巴2+1陆地头等舱航空座椅（16人以上，安排车上钢瓶氧气）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
@@ -580,53 +580,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—兰州—西宁—青藏铁路（参考航班待定）
-[...1 lines deleted...]
-                指定时间于广州新白云国际机场集合,由专业人员为你贴心办理好乘机手续后乘坐航班前往兰州，抵达接团后前往西宁火车站乘坐国内最先进最安全最干净的列车前往日光城拉萨（海拔约3658米）（根据有关规定，火车票无法指定铺位、座席，均为随机分配，不能保证连号。车票按实际出票为准，不补退差价。如对铺位、席位有特殊要求，请上车后自行与其他旅客或乘务人员协调解决，敬请谅解）。从低海拔的沿海地区向青藏高原迈进！
+                广州—西宁—青藏铁路（参考航班待定）
+                <w:br/>
+                指定时间于广州新白云国际机场集合,由专业人员为你贴心办理好乘机手续后乘坐航班前往西宁，抵达接团后前往西宁火车站乘坐国内最先进最安全最干净的列车前往日光城拉萨（海拔约3658米）（根据有关规定，火车票无法指定铺位、座席，均为随机分配，不能保证连号。车票按实际出票为准，不补退差价。如对铺位、席位有特殊要求，请上车后自行与其他旅客或乘务人员协调解决，敬请谅解）。从低海拔的沿海地区向青藏高原迈进！
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1、出发前请携带有效身份证件原件（以备住宿及安检所需）及旅行社提供的出团通知及游览行程；请保持手机开机状态，以便旅行社和导游与您取得联系；因不可抗力因素（如飞机、火车晚点）造成的参观景点时间压缩，旅行社不承担相应连带责任，敬请谅解；
                 <w:br/>
                 2、出发前出发前一天，导游以及送机工作人员，将会以短信形式在20点之前跟你联系，请保持手机畅通！
                 <w:br/>
                 3、特别说明：由于青藏铁路运力紧张，如遇车厢征调等特殊情况，我司保留调整列车车次的权利；我司保证每人一个铺位，但不能保证指定车厢、指定铺位等附加条件。火车票信息请以实际出票为准。列车上晚餐敬请自理，如想到餐车中用晚餐，可于下午提前向列车员预订餐位。（注：青藏铁路沿途停站的时间都很短，建议游客不要随便下车拍照，密切听从列车员的指示。）
                 <w:br/>
                 交通：飞机、火车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -755,85 +755,85 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布达拉宫-龙王潭公园-药王山观景台-大昭寺-八廓街（市内游玩）
-[...1 lines deleted...]
-                早餐后，前往布达拉宫广场，参观当今世界上海拔最高的古代宫堡式建筑群【布达拉宫】（殿内游览约1小时）；后前往布达拉宫倒影最佳拍摄点—【龙王潭公园】（游览约 30分钟）；前往【药王山观景台】（游览约15分钟）这里是拍摄布达拉宫全景的最佳位置。前往【大昭寺】（游览约1小时）藏语为“觉康”，是藏传佛教信徒朝圣的终点，大昭寺之神圣，并不逊于布达拉宫。当年松赞干布为纪念文成公主入藏而建；人们常说“先有大昭寺，后有拉萨城”。前往拉萨最古老的集市—【八廓街】（游览 1小时），自由活动。客人可在此领略藏传佛教文化，自由选购当地特色商品。
+                布达拉宫-龙王潭公园-药王山观景台-八廓街（市内游玩）
+                <w:br/>
+                早餐后，前往布达拉宫广场，参观当今世界上海拔最高的古代宫堡式建筑群【布达拉宫】（殿内游览约1小时）；后前往布达拉宫倒影最佳拍摄点—【龙王潭公园】（游览约 30分钟）；前往【药王山观景台】（游览约15分钟）这里是拍摄布达拉宫全景的最佳位置。前往拉萨最古老的集市—【八廓街】（游览 1小时），自由活动。客人可在此领略藏传佛教文化，自由选购当地特色商品。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：旺季布达拉宫参观时间由布宫管委会统一安排，行程需根据布宫门票时间做相应调整。为保证所有客人参观，我社通过不同的渠道解决。因不同渠道的特殊要求，请客人无条件听从导游安排，大致分为以下情况：
                 <w:br/>
                 1：每个大团拆分成多个小团体、每个小团体按不同时间参观，也会出现较长时间等待的情况 
                 <w:br/>
                 2：如因布达拉宫参观时间变动，拉萨市内游览节奏将随之调整。谢谢理解
                 <w:br/>
                 3：每个小团体跟随不同导游进入(有些渠道无法安排导游陪同)；
                 <w:br/>
                 4：布宫管委会可能会随机打乱顺序,导致您不能和结伴者一同进入布宫参观,敬请您谅解。在宫殿内任何地方都不允许停留，参观结束后从布达拉宫西门出来，经后山下山坡可以走到布达拉宫正门来。宫殿较高，上下要慢行；殿内较阴冷，即使夏季最好也准备件外套。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">拉萨</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -922,253 +922,333 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                拉萨-巴河河畔露营-巴松措（约345km车程约4.5小时）
-[...1 lines deleted...]
-                早餐后，从拉萨出发，沿着【拉萨河】而行，经由新修好的拉林公路一路驰骋，【拉林公路】被称为中国最美公路，是中国唯一不收费的“高速公路”，从“日光之城”拉萨到“雪域江南”林芝，全程每个地方都是风景如画。前往【巴河河畔露营】（品尝下午茶）营地坐拥有雪山观景台、百年桃树、营地处于巴河镇嘎拉桃花村，巴河河边、桃林下，对面是巍峨的羊达杰布神山（雪山）、野山楂林，蓝天、白云、桃花、山楂林、雪山、河流、风景绝佳，极其出片。游览【巴松措】（游览约1小时），又名错高湖，可以“错高”在藏语中意为绿色的水，湖面海拔3700多米。湖形状如镶嵌在高峡深谷中的一轮新月，长约12公里，湖宽几百至数千米不等。 最深处66多米。总面积25.9平方公里。湖水清澈见底，四周雪山倒映其中，黄鸭、沙鸥、白鹤等飞禽浮游湖面。后入住巴松措酒店。
+                拉萨-巴松措-藏寨家访-林芝（约460km车程约5.5小时）
+                <w:br/>
+                早餐后，从拉萨出发，沿着【拉萨河】而行，经由新修好的拉林公路一路驰骋，【拉林公路】被称为中国最美公路，是中国唯一不收费的“高速公路”，从“日光之城”拉萨到“雪域江南”林芝，全程每个地方都是风景如画。游览【巴松措】（游览约1小时，不含观光车票50元/人费用自理），又名错高湖，可以“错高”在藏语中意为绿色的水，湖面海拔3700多米。湖形状如镶嵌在高峡深谷中的一轮新月，长约12公里，湖宽几百至数千米不等。 最深处66多米。总面积25.9平方公里。湖水清澈见底，四周雪山倒映其中，黄鸭、沙鸥、白鹤等飞禽浮游湖面。乘车前往林芝，途中前往【藏寨家访】（赠送景点，游览时间约1.5小时）参加藏族同胞独具特色的家访活动（品酥油茶、吃甜点）领略藏家文化。后入住林芝酒店。
                 <w:br/>
                 <w:br/>
                 【温馨提示】1、藏民家访集中展示了藏族的历史、民俗文化、藏族非物质文化遗产、民俗建筑风格和藏族生产生活习俗等；（温馨提示：景区内有银器展示，此为景区行为与旅行社无关！）西藏早晚温差大，早晚需要穿上厚外套，以免受寒；西藏紫外线照射强烈，也特别干燥，请做好防晒措施并及时补充水分；2、此日行程全程限速，时间可能根据实际情况有所调整；路途较长，请随身自备巧克力等零食以补充能量
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">巴松措景区内</w:t>
+              <w:t xml:space="preserve">林芝</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴松措-藏寨家访-雅鲁藏布大峡谷-索松村（约210km车程约3.5小时）
-[...1 lines deleted...]
-                早餐后，乘车前往林芝，途中前往【藏寨家访】（赠送景点，游览时间约1.5小时）参加藏族同胞独具特色的家访活动（品酥油茶、吃甜点）领略藏家文化。乘车前往【雅鲁藏布江大峡谷】（游览时间约2小时）景区沿途多个观景台，千年古桑树、情比石坚、【南迦巴瓦峰观景台】、【雅鲁藏布江峡谷】、【直白村】等景色。在直白拍摄闻名于世的雅鲁藏布江一号和二号小拐弯。直白村也是距离南迦巴瓦峰最近的村落，可以近距离感受中国最美雪山的险峻巍峨。（每个景点停留时间按照景区规定，一般20-30分钟）；随后乘坐景交车或当地小车前往雅江北岸的【索松村】，每年三四月份，雅江两岸桃花盛开，与冰峰雪山、藏村田园相映，美不胜收。后乘车入住索松村民宿。
+                林芝-鲁朗林海-波密桃花沟-波密（约220km车程约4.5小时）
+                <w:br/>
+                早餐后，翻越色季拉山口前往游览【鲁朗林海】（游览约40分钟）依次在两个观景台停留拍摄。终年不化的雪峰冰川下是莽莽林海，雾气升腾缭绕，美不胜收。之后一路前行路过新建的排龙大桥、通麦大桥。高山峡谷中的斜拉桥雄伟壮观，曾经令人心惊肉跳的通麦天险已经一去不复返，天堑变通途。过了通麦大桥，一路沿着318国道和帕龙藏布江，抵达后前往【波密桃花沟】（自由拍摄，约2小时），这里是整个林芝地区桃花最为密集的地区，桃花、绿柳、雪山、溪流，一起构筑了最美的春天，我们沿着桃花沟内的公路边走边拍，寻找最美的构图。（具体花期和绽放程度需视当地天气而定）
+                <w:br/>
+                ❤【温馨提示】：波密县因资源条件有限，酒店设施为简陋，酒店可能出现部分时间停水或停电的情况。因条件有限，早餐相对简单，只有稀饭馒头小菜等。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大峡谷景区内</w:t>
+              <w:t xml:space="preserve">波密</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                索松村-林芝米林机场—中转—广州（飞行时间约6小时+约80公里，车程约2小时）
-[...1 lines deleted...]
-                早餐后，车赴米林机场，告别圣地西藏，乘机中转返回广州，结束愉快的旅行。
+                波密-雅鲁藏布大峡谷-索松村-林芝（约380km车程约8小时）
+                <w:br/>
+                早餐后，乘车前往【雅鲁藏布江大峡谷】（游览时间约2小时，不含观光车票135元/人费用自理）景区沿途多个观景台，千年古桑树、情比石坚、【南迦巴瓦峰观景台】、【雅鲁藏布江峡谷】、【直白村】等景色。在直白拍摄闻名于世的雅鲁藏布江一号和二号小拐弯。直白村也是距离南迦巴瓦峰最近的村落，可以近距离感受中国最美雪山的险峻巍峨。（每个景点停留时间按照景区规定，一般20-30分钟）；随后乘坐景交车或当地小车前往雅江北岸的【索松村】，每年三四月份，雅江两岸桃花盛开，与冰峰雪山、藏村田园相映，美不胜收。后乘车入住林芝酒店。
+                <w:br/>
+                交通：汽车
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">林芝</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                林芝—中转—广州（飞行时间约6小时+约50公里，车程约40分钟）
+                <w:br/>
+                早餐后，车赴机场，告别圣地西藏，乘机中转返回广州，结束愉快的旅行。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：此行程是参考行程，我社根据航空公司的出票时间调整行程及港口，但不影响原标准及游览景点。具体的行程游览顺序将根据航班安排的首末站城市最终确定,并且以我社出发前给予的行程为准。客人对航班及出入港口有特别要求的，请于报名时向我社说明，否则我社视游客已清楚旅行社以上安排，同意并接受旅行社安排。
                 <w:br/>
                 交通：汽车、飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">拉萨</w:t>
+              <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1196,63 +1276,63 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：广州至兰州去程、林芝至广州返程中转航班经济舱机票，西宁至拉萨中间程硬卧火车票。进出港口、航班时间等以航司出票为准。
+                1、交通：广州至西宁去程、林芝至广州返程中转航班经济舱机票，西宁至拉萨中间程硬卧火车票。进出港口、航班时间等以航司出票为准。
                 <w:br/>
                 2、住宿：入住当地标准酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。
                 <w:br/>
                 拉萨网评4钻酒店：拉萨天峰希尔顿花园酒店或同级
                 <w:br/>
-                巴松措景区内住宿：喜玛拉雅·巴松措度假酒店或同级
-[...1 lines deleted...]
-                大峡谷景区内民宿：公尊德姆庄园或同级
+                林芝网评3钻酒店：嘉悦酒店/大峡谷酒店或同级
+                <w:br/>
+                波密网评3钻酒店：格拉丹东酒店/海螺精品酒店或同级
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉
                 <w:br/>
-                3、用餐：含5早6正，正餐餐标40元/正。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3、用餐：含6早6正，正餐餐标40元/正。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：当地用车将根据团队人数安排，保证一人一正座。
                 <w:br/>
                 5、导游：10人及以上：安排当地普通话导游服务（10人以下：仅安排中文司机负责行程活动中接待服务，不提供景区讲解），不派全陪。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2周岁以下婴儿不含任何费用，全部由家长自理；2-11周岁小孩含机位、车位、半价正餐，不占床位、不含门票（超高门票需当地自理）。
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1280,50 +1360,247 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，越野车，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
                 <w:br/>
                 7、不含机场建设燃油附加税。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">观光车票</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                巴松措观光车票50元/人
+                <w:br/>
+                雅鲁藏布大峡谷&amp;索松村观光车票135元/人
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 185.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1666,51 +1943,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1854,50 +2131,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>