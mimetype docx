--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -396,51 +396,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色
                 <w:br/>
                 ☆广州直飞韩国・双飞五天首釜双城浪漫行
                 <w:br/>
                 ☆双城樱花季：首尔逛樱廊、釜山看樱海，解锁双倍韩式浪漫！
                 <w:br/>
                 ☆打卡宝藏出片点：首尔林、汝矣岛樱花大道，庆熙大学、海云台迎月路赴一场春日浪漫之约
                 <w:br/>
-                ☆穿越动漫世界：天空胶囊列车，釜山必体验项目
+                ☆穿越动漫世界：天空胶囊列车/海岸列车，釜山必体验项目
                 <w:br/>
                 ☆打卡经典景点：景福宫、青瓦台（外观）、甘川文化村、南山公园+N首尔塔（不登塔）青沙浦
                 <w:br/>
                 ☆品味韩式美食：百年人参鸡汤、釜山猪肉汤、五香满足猪蹄、韩式烤肉 ；打卡广藏市场、札嘎其市场将正宗韩式美味一网打尽
                 <w:br/>
                 ☆尽享品质住宿：全程入住网评四钻酒店，享受舒适休憩空间
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -563,74 +563,79 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【广州-首尔】(参考航班:起飞/-抵达/)出票为准;抵达后接机-乘坐KTX前往釜山
-[...3 lines deleted...]
-                后乘坐KTX前往釜山，抵达后用完晚餐后入住酒店
+                【广州-首尔】(参考航班:起飞/-抵达/)出票为准;抵达后接机-南山公园+N首尔塔（不登塔）-广藏市场
+                <w:br/>
+                请于指定时间自行前往广州机场/出境大厅内集中（具体集中时间以短讯通知为准，请务必准时），领队协助办理登机手续后，乘坐国际航班飞往韩国首尔，开启首釜双城浪漫游。抵达后由韩国导游接机.
+                <w:br/>
+                参观【南山公园+N首尔塔（不登塔）】（游览时间约40min）N首尔塔也叫南山塔，位于海拔约240米的南山之巅，高200多米，是首尔的一大地标。在N首尔塔，数字化的观景台、屋顶露台、及各种餐厅等一应俱全，还可360度俯瞰首尔风光，不仅是韩国人约会的天堂，也是外国游客的旅游胜地；
+                <w:br/>
+                前往【广藏市场】（游览时间约90分钟）首尔传统市场，打卡当地人间烟火，品尝地道美食，有首尔百年美食江湖之称。
+                <w:br/>
+                <w:br/>
+                后入住酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：釜山猪肉汤   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -641,67 +646,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【釜山】海云台➙迎月路➙青沙浦➙天空胶囊列车➙甘川文化村➙札嘎其市场
+                【首尔-釜山】青瓦台（外观）-景福宫-乘车前往釜山-庆熙大学➙札嘎其市场
                 <w:br/>
                 早餐后
                 <w:br/>
-                参观【海云台+迎月路】（游览时间约60min）一边看海一边赏樱的最佳答案，究极浪漫的选择，附近有不少很有设计感的咖啡厅，沿着樱花路慢慢走下，感受釜山的春日浪漫氛围
-[...5 lines deleted...]
-                前往【甘川文化村】（游览时间约60min）打卡如童话般的缤纷山城~走进小王子的彩色缤纷世界，被誉为“釜山的圣托里尼”，半山腰上色彩斑斓的小村落。 曾经是破落的贫民区，后来在釜山“胡同艺术工程”的推动下，成为知名的文化景点
+                前往【青瓦台外观】（游览时间约20min）青瓦台，曾是韩国的总统府。2022年韩国总统府迁往国防部大楼后，这里成了首尔必游的旅游景点。
+                <w:br/>
+                前往【景福宫】注1（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。
+                <w:br/>
+                前往【庆熙大学】（游览时间约40分钟）庆熙大学的粉色樱花雨+欧式学院风建筑，简直是韩剧主角的春日片场～
+                <w:br/>
+                随后乘车前往釜山（车程约4.5小时）
                 <w:br/>
                 前往【札嘎其市场】（游览时间约90min）釜山最大的扎嘎其海鲜市场紧依靠着港口，周围都是渔船，整个海鲜市场规模特别大，一楼都是海鲜摊位，活海鲜居多，许多鱼、虾、蟹都是没见到过，种类丰富.
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：海云台➙迎月路➙青沙浦➙天空胶囊列车➙甘川文化村➙札嘎其市场
+                注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
+                <w:br/>
+                景点：青瓦台（外观）-景福宫-乘车前往釜山-庆熙大学➙札嘎其市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参鸡汤     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -731,89 +738,88 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【釜山-首尔】乘坐KTX前往首尔-青瓦台（外观）-景福宫-南山公园+N首尔塔（不登塔）-庆熙大学-广藏市场
-[...12 lines deleted...]
-                <w:br/>
+                【釜山-首尔】海云台➙迎月路➙青沙浦➙天空胶囊列车➙甘川文化村➙乘车前往首尔
+                <w:br/>
+                早餐后
+                <w:br/>
+                参观【海云台+迎月路】（游览时间约60min）一边看海一边赏樱的最佳答案，究极浪漫的选择，附近有不少很有设计感的咖啡厅，沿着樱花路慢慢走下，感受釜山的春日浪漫氛围
+                <w:br/>
+                前往【青沙浦】（游览时间约40min）这里每个角度都是取景点，越往深处走凤越大视野越好，碧蓝大海与天际交汇，一望无际，心旷神怡。部分步道下面还是透明玻璃，上下落差仿佛大海就在脚下
+                <w:br/>
+                前往【天空胶囊列车注1 】釜山必体验的项目之一，坐在彩色的胶囊车厢里，悬挂在海岸线上，脚下就是蔚蓝的大海，感觉自己瞬间穿越进了宫崎骏的动漫世界！
+                <w:br/>
+                前往【甘川文化村】（游览时间约60min）打卡如童话般的缤纷山城~走进小王子的彩色缤纷世界，被誉为“釜山的圣托里尼”，半山腰上色彩斑斓的小村落。 曾经是破落的贫民区，后来在釜山“胡同艺术工程”的推动下，成为知名的文化景点
+                <w:br/>
+                随后，乘车前往首尔（约4.5小时）
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
-[...1 lines deleted...]
-                景点：青瓦台（外观）-景福宫-南山公园+N首尔塔（不登塔）-庆熙大学-广藏市场
+                注1 旺季天空胶囊列车预约紧张，若预约不上，改黄金海岸列车。
+                <w:br/>
+                景点：海云台➙迎月路➙青沙浦➙天空胶囊列车➙甘川文化村➙乘车前往首尔
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：五香满足猪蹄     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：釜山猪肉汤     晚餐：五香满足猪蹄   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1671,51 +1677,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>