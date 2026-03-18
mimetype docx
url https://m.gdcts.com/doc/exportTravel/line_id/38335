--- v1 (2026-02-12)
+++ v2 (2026-03-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【首釜双城浪漫行】韩国首釜五天四晚之旅|海云台+迎月路|青沙浦|天空胶囊列车|石村湖公园|汝矣岛樱花大道|周边网评四钻酒店（广州往返）行程单</w:t>
+        <w:t xml:space="preserve">【首釜双城浪漫行】韩国首尔、釜山五天四晚之旅|海云台+迎月路|青沙浦|天空胶囊列车|石村湖公园|汝矣岛樱花大道|周边网评四钻酒店（广州往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -683,51 +683,51 @@
                 前往【札嘎其市场】（游览时间约90min）釜山最大的扎嘎其海鲜市场紧依靠着港口，周围都是渔船，整个海鲜市场规模特别大，一楼都是海鲜摊位，活海鲜居多，许多鱼、虾、蟹都是没见到过，种类丰富.
                 <w:br/>
                 后入住酒店。
                 <w:br/>
                 注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
                 <w:br/>
                 景点：青瓦台（外观）-景福宫-乘车前往釜山-庆熙大学➙札嘎其市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参鸡汤     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：包含     午餐：人参鸡汤     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -775,51 +775,51 @@
                 随后，乘车前往首尔（约4.5小时）
                 <w:br/>
                 后入住酒店。
                 <w:br/>
                 注1 旺季天空胶囊列车预约紧张，若预约不上，改黄金海岸列车。
                 <w:br/>
                 景点：海云台➙迎月路➙青沙浦➙天空胶囊列车➙甘川文化村➙乘车前往首尔
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：釜山猪肉汤     晚餐：五香满足猪蹄   </w:t>
+              <w:t xml:space="preserve">早餐：包含     午餐：釜山猪肉汤     晚餐：五香满足猪蹄   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -865,51 +865,51 @@
                 参观【汝矣岛现代百货】（游览时间约90min）一站式逛吃天花板。这里经常会举办各种人气快闪店，可以称得上是汝矣岛的代表热门场所。
                 <w:br/>
                 参观【弘大商圈】（游览时间约90min）集逛、吃、买一体，追星女孩的天堂，绝对的Kpop人的快乐老家！
                 <w:br/>
                 后入住酒店。
                 <w:br/>
                 景点：紫菜博物馆+试穿韩服-石村湖公园-汝矣島櫻花大道-汝矣島現代百貨-弘大商圈
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：韩式烤肉     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：包含     午餐：韩式烤肉     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -946,51 +946,51 @@
                 <w:br/>
                 早餐后，前往仁川机场乘机返回广州机场，散团，结束首釜双城浪漫游。
                 <w:br/>
                 <w:br/>
                 备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
                 <w:br/>
                 【温馨提示】行程即将结束请认真填写意见反馈单，我们处理问题以意见反馈单内容填写为准，恕不处理意见单填写满意后回团提出的问题。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：包含/飞机餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1677,51 +1677,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>