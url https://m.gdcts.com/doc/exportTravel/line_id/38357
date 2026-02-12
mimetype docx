--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1767762584VE</w:t>
+              <w:t xml:space="preserve">SA1767762584VE（LG)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -445,273 +445,599 @@
                 【品质承诺】纯玩团，金牌领队全程陪同
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
-        <w:gridCol w:w="10500" w:type="dxa"/>
+        <w:gridCol w:w="1200" w:type="dxa"/>
+        <w:gridCol w:w="5800" w:type="dxa"/>
+        <w:gridCol w:w="1500" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="lineSchedulings"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10500" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve">天数</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">用餐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
-          <w:tcPr>
-[...1 lines deleted...]
-          </w:tcPr>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                天数
-[...4 lines deleted...]
-                <w:br/>
                 广州✈新加坡；去程参考航班：CZ353广州CAN-新加坡SIN （08:05-12:15）
                 <w:br/>
-                简易行程
-[...4 lines deleted...]
-                <w:br/>
                 各位贵宾根据航班时间提前3小时前往机场，搭乘南方航空客机飞往花园城市-新加坡，抵达后参加开启我们的愉快之旅！
                 <w:br/>
                 【星耀樟宜】是新加坡全新打造的一个地标性建筑，位于新加坡樟宜机场第一航站楼前方，是一座游乐胜地、购物休闲、住宿餐饮、花园景观和航空设施的综合性建筑。其中的资生堂森林谷( Shiseido 森林谷)是星耀樟宜的核心景观，这里是新加坡规模大的室内植物展示地之一，也是一个奇妙的机场园林，在建筑内不同楼层都有出入口。 
                 <w:br/>
                 接着带大家探访万象新加坡的特色风光：
                 <w:br/>
                 【伊丽莎白大道】新加坡的 “黄金中轴线” 之一！沿街全是地标级建筑，一边连着繁华商圈，一边挨着政府机构，逛着就能打卡城市核心风光！ 是感受新加坡都市气息的好去处。
                 <w:br/>
-                【高等法院】（外观）最高法院与政府大厦相邻，建于1939年，地点为前欧洲大酒店(Grand Hotel de L'Europe)遗址，是新加坡最近期的殖民时期建筑。
-[...5 lines deleted...]
-                【鱼尾狮身像】位于新加坡河河口，知名的鱼尾狮像就坐落于此，这个矗立于浪尖的狮头鱼身是新加坡的标志和象征。它后面还建有一座小鱼尾狮像与之相伴，与大鱼尾狮呼应，从口中喷射水柱。鱼尾狮的鱼身象征着新加坡从小渔村谦卑起步。狮头则代表了新加坡最早期的名称“Singapura”（新加坡拉），马来语中，意指“狮城”。公园内有一大一小2座鱼尾狮像，大的鱼尾狮雕像是我们熟知的鱼尾狮像，口中源源不绝地喷出水柱。与全球其他重要地标相似，鱼尾狮雕像已成了到访新加坡必看的景点。小鱼尾狮则可以近距离观看鱼尾狮细节。
+                【高等法院】（外观）高等法院与政府大厦相邻，建于1939年，地点为前欧洲大酒店(Grand Hotel de L'Europe)遗址，是新加坡最近期的殖民时期建筑。
+                <w:br/>
+                【政府大厦广场】（外观）此地见证了许多的新加坡建国重大相关的历史事件。新加坡政务办公室、外交部、高等法院、新加坡法律学会、公共服务委员会、仲裁法庭都在此地。
+                <w:br/>
+                【国会大厦】（外观）位于新加坡中心商业地区，与全国较大的金融中心莱佛士坊隔新加坡河相望，是本区文化建筑的地标，也是外国游客必来地之一。
+                <w:br/>
+                【鱼尾狮身像】位于新加坡河河口，知名的鱼尾狮像就坐落于此，这个矗立于浪尖的狮头鱼身是新加坡的标志和象征。它后面还建有一座小鱼尾狮像与之相伴，与大鱼尾狮呼应，从口中喷射水柱。鱼尾狮的鱼身象征着新加坡从小渔村谦卑起步。狮头则代表了新加坡最早期的名称“Singapura”（新加坡拉），马来语中，意指“狮城”。公园内有一大一小2座鱼尾狮像，大的鱼尾狮雕像是我们熟知的鱼尾狮像，口中源源不绝地喷出水柱。与海内外其他重要地标相似，鱼尾狮雕像已成了到访新加坡必看的景点。小鱼尾狮则可以近距离观看鱼尾狮细节。
                 <w:br/>
                 如遇因政府维修、升级等原因导致无法观看大鱼尾狮像，会安排欣赏小鱼尾狮
                 <w:br/>
-                前往新加坡的【名胜世界】娱乐节庆大道，娱乐城。节庆大道，一条集购物、餐饮、娱乐于一体的世界级娱乐大道。在此可以选购琳琅满目的世界级的品牌商品；也可以欣赏梦之湖，集合了灯光、水雾、烟火是一场令人叹为观止的特效表演。晚餐后入住酒店。
-[...10 lines deleted...]
-                <w:br/>
+                前往新加坡的【名胜世界】娱乐节庆大道。节庆大道，一条集购物、餐饮、娱乐于一体的享誉与海内外娱乐大道。在此可以选购琳琅满目的高级品牌商品；也可以欣赏梦之湖，集合了灯光、水雾、烟火是一场令人叹为观止的特效表演。晚餐后入住酒店。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：X     午餐：机场自理     晚餐：海南鸡饭   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">新加坡网评四钻四星</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 新加坡/马六甲
                 <w:br/>
-                <w:br/>
-[...8 lines deleted...]
-                <w:br/>
                 早餐后，出发前往游览当地特色景点：
                 <w:br/>
                 车游【小印度】是新加坡著名的印度人社区，沿着周边的几条街道前行，欣赏兴都庙、华人寺庙、回教堂和基督教堂和谐并存的特色，是新加坡历史和多元文化的精华所在，另外遍布色彩斑斓的纱丽店、香料铺，充满浓郁的印度风情。
                 <w:br/>
-                参观【甘榜格南】是新加坡最古老的城区之一和穆斯林聚居区，曾是马来族皇室的活动中心。【苏丹回教堂】位于甘榜格南的马斯喀特街与北桥路交汇处，是新加坡最大也最壮观的宗教建筑之一。
+                参观【甘榜格南】是新加坡古老的城区之一和穆斯林聚居区，曾是马来族皇室的活动中心。【苏丹回教堂】位于甘榜格南的马斯喀特街与北桥路交汇处，是新加坡较大也最壮观的宗教建筑之一。
                 <w:br/>
                 【百年南洋药油世家】狮城人气伴手礼的永泰行百年药油，传承百年历史，探访药油传承，其中消炎治跌打的红花油、专治风湿的千里追风油、针对蚊虫的豆蔻油、万应驱风油、镇痛膏，是送给家中长辈最好的温暖。
                 <w:br/>
-                后前往关口过关后，直奔马来西亚的世界遗产古城——马六甲，随后展开市区观光：郑和下西洋所流线的遗迹-车游【三保井】【三保庙】【三保山】：这座古庙是 500 多年前中国和马来西亚两国人民友好交往的见证。1405 年，中国明代杰出的航海家三保太监郑和奉旨率船队出使“西洋”，曾经到过三宝垄，他用带去的瓷器、丝绸、金银和铜铁器换取当地特产，与印度尼西亚人民开展和平贸易，进行友好交往。后来，广大华侨以及当地人民为了纪念郑和，在相传当年他率领船员登岸的地方，建造了一座名为三宝庙的庙宇。
+                后前往关口过关后，直奔马来西亚的世界遗产古城——马六甲，随后展开市区观光：
+                <w:br/>
+                郑和下西洋所流线的遗迹-车游【三保井】【三保庙】【三保山】：这座古庙是 500 多年前中国和马来西亚两国人民友好交往的见证。1405 年，中国明代杰出的航海家三保太监郑和奉旨率船队出使“西洋”，曾经到过三宝垄，他用带去的瓷器、丝绸、金银和铜铁器换取当地特产，与印度尼西亚人民开展和平贸易，进行友好交往。后来，广大华侨以及当地人民为了纪念郑和，在相传当年他率领船员登岸的地方，建造了一座名为三宝庙的庙宇。
                 <w:br/>
                 “探访完郑和遗迹，咱们再走进马六甲的殖民历史，前往葡萄牙时期的重要遗迹 ——圣保罗山。
                 <w:br/>
                 富有葡萄牙风格的【圣保罗山】是马来西亚马六甲市的重要历史遗迹，以葡萄牙殖民时期军事建筑和天主教堂闻名，现为世界文化遗产马六甲海峡历史城区的一部分。
                 <w:br/>
                 【圣保罗教堂】马六甲古城绝不能错过的打卡点，这座位于山顶的教堂遗址，是东南亚最早的天主教堂之一，曾是葡萄牙传教士的根据地，也曾被荷兰人占据，见证了殖民时代的变迁。整个教堂虽然只剩下石墙和墓碑，但站在这看海，真的很震撼。
                 <w:br/>
-                【荷兰红屋】于公元 1641 年至 1660 年间兴建，坐落于马六甲河畔，以荷兰砖瓦砌工及木工技艺建成，曾是荷兰总督及随从的官邸，也是历史遗留的重要遗迹，被认为是东方最古老的荷兰建筑。整个广场由红色建筑物围绕，配有红色钟塔和维多利亚时代的喷水池，是东南亚极具代表性的荷兰风格建筑群。
+                【荷兰红屋】于公元 1641 年至 1660 年间兴建，坐落于马六甲河畔，以荷兰砖瓦砌工及木工技艺建成，曾是荷兰总督及随从的官邸，也是历史遗留的重要遗迹，被认为是东方古老的荷兰建筑。整个广场由红色建筑物围绕，配有红色钟塔和维多利亚时代的喷水池，是东南亚极具代表性的荷兰风格建筑群。
                 <w:br/>
                 晚餐后入住酒店。
                 <w:br/>
-                用餐说明
-[...8 lines deleted...]
-                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店外用     午餐：中式团餐     晚餐：娘惹餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">马六甲网评四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 马六甲-吉隆坡
                 <w:br/>
-                简易行程
-[...4 lines deleted...]
-                <w:br/>
                 早餐后，前往吉隆坡展开市区观光：
                 <w:br/>
                 【马来西亚高脚屋】：高脚屋是由木桩架空离地数尺的单层建筑，屋顶用树叶或木板铺盖，墙和地板用木料建成。高脚屋离地面3~11尺不等，离开地面越高，说明男主人的地位越高。高脚屋不仅可以防湿防潮，它的木桩都是四方形的，可以防止动物的攀爬，特别是防止蛇的侵袭。在高脚屋的四周，种植着许多热带植物，让人感到马来人的生活是那么的悠闲祥和。(如遇特殊情况不能入内参观，不作另行通知，无费用可退)
                 <w:br/>
                 【国家皇宫】（外观）：这里最初是一个中国富商的住宅，1926年出售改建成雪兰莪苏丹王宫，后来成为马来西亚国家元首的官方居所。马来西亚的国王是由各州世袭中选出的。皇家的花园会、授职仪式、招待会等都在这里举行。王宫不对外开放。
                 <w:br/>
                 【独立广场】：坐落于苏丹阿都沙末大厦对面，面积约8.2公顷，绿草如茵的广场，其实极具历史价值。在1957年8月31日，马来西亚国旗开始在此飘扬，象征脱离英国统治而独立，现该升旗地点则矗立着一支高100英尺的旗杆，以纪念这个历史时刻。
                 <w:br/>
-                【高等法院】（外观）吉隆坡最高法院所在地。大楼建筑设计独特，印度、阿拉伯风格综合一起。楼中央有个40米高的钟楼，被称为马来西亚大本钟。前面就是独立广场。
-[...1 lines deleted...]
-                【吉隆坡石油双峰塔】(外观不进内)：吉隆坡石油双塔曾经是世界最高的摩天大楼，仍是世界最高的双塔楼，双塔高452米，共地上88层，是电影《偷天换日》便是在此处取景，是吉隆坡现代化繁荣的标志。远观拍照。
+                【高等法院】（外观）吉隆坡高等法院所在地。大楼建筑设计独特，印度、中东风格综合一起。楼中庭有个40米高的钟楼，被称为马来西亚大本钟。前面就是独立广场。
+                <w:br/>
+                【吉隆坡石油双峰塔】(外观不进内)：吉隆坡石油双塔曾经是世界至高的摩天大楼，仍是世界至高的双塔楼，双塔高452米，共地上88层，是电影《偷天换日》便是在此处取景，是吉隆坡现代化繁荣的标志。远观拍照。
                 <w:br/>
                 结束吉隆坡市区的观光，我们接下来前往太子城，探访这座行政新区的核心景点：
                 <w:br/>
-                前往太子城参观：【太子行政中心】(外观) 、【首相官邸】和【水上清真寺】：整座寺有四分之三建筑在布拉特湖上，也被人们称为水上清真寺。因其顶部花岗石砌成的粉红色屋顶，视觉效果超棒 (温馨提示：游客可进入参观，但女性游客必需在入口右方自行借取罩袍才能进入，开放时间至下午16点(如遇上不开放，不能进去费用怒不退还)，外拍照留念。    晚餐后入住酒店。
-[...10 lines deleted...]
-                <w:br/>
+                前往太子城参观：【太子行政中心】(外观) 、【首相官邸】和【水上清真寺】：整座寺有四分之三建筑在布拉特湖上，也被人们称为水上清真寺。因其顶部花岗石砌成的粉红色屋顶，视觉效果超棒 (温馨提示：游客可进入参观，但女性游客必需在入口右方自行借取罩袍才能进入，开放时间至下午16点(如遇上不开放，不能进去费用怒不退还)，外拍照留念。
+                <w:br/>
+                    晚餐后入住酒店。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：咖喱鱼头+奶油虾     晚餐：肉骨茶+面包鸡   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">吉隆坡网评五钻酒店（温德姆或同级）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 吉隆坡-空中花园-吉隆坡
                 <w:br/>
-                简易行程
-[...4 lines deleted...]
-                <w:br/>
                 早餐后，前往吉隆坡展开市区观光：
                 <w:br/>
                 【巧克力工厂DIY】这里有马来西亚闻名的可可制造成各种各样的巧克力：提拉米苏等应有尽有。
                 <w:br/>
-                随后前往参观印度教圣地【黑风洞】，拥有 272 梯级的陡峭阶梯，景区以石灰岩洞溶洞群分布，洞内可欣赏奇行怪状的钟乳石荀、石柱等，享有“马来西亚大自然景观”“石灰岩的梦世界”之美誉，欲登上黑风洞，必登上272层阶梯方可抵达。
+                随后前往参观印度教秘境【黑风洞】，拥有 272 梯级的陡峭阶梯，景区以石灰岩洞溶洞群分布，洞内可欣赏奇行怪状的钟乳石荀、石柱等，享有“马来西亚大自然景观”“石灰岩的梦世界”之美誉，欲登上黑风洞，必登上272层阶梯方可抵达。
                 <w:br/>
                 接着前往【空中花园高原】（含缆车）游客可玩乐于各项娱乐设施(如空中花园大型商场 Sky Avenue,美食街等)
                 <w:br/>
                 下午返回吉隆坡市中心，参观标志性现代建筑与特色景点：
                 <w:br/>
                 首先前往【默迪卡 118】（外观）位于马来西亚首都吉隆坡的摩天大楼。这座摩天大楼高 2227 英尺，比上海中心大厦的 2073 英尺高 154 英尺。马来西亚首都吉隆坡新地标“默迪卡 118”大楼，2021 年 12 月30 日举行了尖塔封顶仪式，以楼高 678.90 米记录，取代上海中心大厦（632 米）成为世界第二高楼，仅次于阿联酋迪拜的哈里发塔。
                 <w:br/>
                 随后前往吉隆坡市中心的【莎罗马行人桥】打卡拍照。莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗 LED 灯泡，可发出不同颜色的灯光，在夜晚将随着节日，呈现不同的图案。部分行人天桥的屋顶是利用玻璃片间隔，白天阳光照射至桥身时，其外表将如水晶般闪烁，独特的外型，已成为吉隆坡市中心的新地标。
                 <w:br/>
                 傍晚前往热闹的【亚罗街夜市】（约 60 分钟）位于吉隆坡武吉免登的西部，街上汇集了超过 20 多家餐厅，共 200 家以上的摊位，专门贩售马来西亚华人的传统美食及粤式料理，类似新加坡的大排档、也像是台WAN的宁夏夜市、饶河夜市。每到傍晚整条人行道上炊烟升起，街旁的水果摊，摆满了琳琅满目的南国水果。行走街上，咖哩及烤肉香迎面扑来，还有热闹的海鲜大排档，令人忍不住胃口大开。街上的「黄亚华小食店」是间明星周杰伦也造访过的在地名店，来到这儿别忘了点一份福建炒面、鸡肉沙嗲品尝看看。
                 <w:br/>
                 后返回酒店休息。
                 <w:br/>
-                用餐说明
-[...8 lines deleted...]
-                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：自理   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">吉隆坡网评五钻酒店（温德姆或同级）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 吉隆坡✈广州 回程参考航班：CZ350吉隆坡-广州（13:25-17:35）
                 <w:br/>
-                <w:br/>
-[...12 lines deleted...]
-                备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下进行游览顺序调整，敬请谅解！
+                早餐后，随后前往吉隆坡国际机场乘坐飞机回到广州，结束旅途~
+                <w:br/>
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -881,50 +1207,52 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2、个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3、航空公司临时上涨的燃油税；
                 <w:br/>
                 4、其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5、卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6、酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 7、全程服务费：380元/人，随团费一同收取；
                 <w:br/>
                 8、马来酒店税：参考10马币/间/晚，当地现付；（如遇旺季，酒店税可能会有涨幅）。
                 <w:br/>
+                8、马来酒店税：参考10马币/间/晚 ，当地现付； 其中入住吉隆坡 或雪兰莪州 酒店的旅客，需额外增加可持续发展征费（Sustainable DevelopmentFee）7马币/间/晚 ，共17马币/间/晚 。费用属当地政府征收，将于旅客办理 入住手续时由酒店直接收取。（如遇旺季，酒店税可能会有涨幅）
+                <w:br/>
                 9、儿童收费：12 岁以下儿童不占床位-500 元/人 ， 占床大小同价， 12 岁以上儿童必须占床 ，凡是占床儿童都按 照成人价。（新马的床位都比较小，若小孩身高比较高，建议客户占床参团，不占床位小孩不含早餐）
                 <w:br/>
                 12-18岁儿童：12-18岁小孩必须占床参团
                 <w:br/>
                 婴儿手抱：2岁以下1500元/人（含小费）。
                 <w:br/>
                 10、长者：长者与成人同价，超过65岁，需提交健康证明及签署免责书，不接受75岁以上报名。
                 <w:br/>
                 11、外籍：外籍人士及港澳人士加收500元/人，签证自理；港澳台护照携带有效期内回乡证/台胞证。外籍护照必须有二次或多次入中国签证。
                 <w:br/>
                 12、离团费：若客户需要在新加坡/马来西亚离团，需要交纳离团费给当地地接（或领队）；参考新加坡1000元/人/天；马来西亚500元/人/天
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -963,50 +1291,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                本产品供应商为:哈尔滨国际旅行社有限公司广州分公司，许可证号:L-HLJ-CJ00005。此团10人成团，为保证游客如期出发，我社将与其他旅行社共同委托哈尔滨国际旅行社有限公司广州分公司组织出发(拼团出发)，如客人不接受拼团出发，请报名时以书面形式注明。此团由哈尔滨国际旅行社有限公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程(游览顺序)及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                <w:br/>
+                <w:br/>
                 出票材料：
                 <w:br/>
                 1、护照首页扫描件
                 <w:br/>
                 护照有效期必须在您计划离开该国当日起计算至少半年(6个月)或以上仍属有效的护照且有四页或以上有效签证页的中国公民因私出境护照
                 <w:br/>
                 <w:br/>
                 1.按照航空公司条例：除了持中国大陆护照的，港澳台护照及外籍护照加收500元/人；所有团队机票，一经出票，如因客人个人原因误机或出票后因个人问题不能参团，机票款及机场税不允许退，团费不退；(机票为实名制，不可换人不可改签不可改名字不可退票)
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1201,51 +1532,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>