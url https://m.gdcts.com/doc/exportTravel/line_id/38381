--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -402,53 +402,51 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食体验​：豪叹喜来登酒店自助早、晚，品尝地道岭南特色美食，在沙湾古镇自由探索非遗美食；
                 <w:br/>
                 住宿体验：入住国际品牌高端酒店，享受喜来登定制睡床、独立浴缸等设施，24小时健身中心；
                 <w:br/>
-                节庆体验​：畅游2026年粤港澳大湾区灯会，融合传统彩灯与VR互动、数字光影等科技；
-[...1 lines deleted...]
-                文化体验​：游览沙湾古镇，参观何氏大宗祠（留耕堂）、沙湾广东音乐馆等，领略岭南建筑、宗族文化和广东音乐；
+                文化体验​：游览沙湾古镇，领略岭南建筑、宗族文化和广东音乐；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,51 +571,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州--南沙灯会--晚餐--酒店
                 <w:br/>
                 14:00 指定时间地点集合，乘车前往南沙喜来登酒店办理入住
                 <w:br/>
                 17:30-20:00 晚餐
                 <w:br/>
                 在酒店餐厅享用丰盛的五星自助晚餐，品类丰富，包含新鲜海鲜、热菜佳肴、地道中式、精致西点、新鲜水果及琳琅甜品等无限畅享，满足味蕾。广州南沙越秀喜来登酒店位于粤港澳大湾区中心点，是南沙区高端商务与度假酒店代表。酒店客房配备喜来登品牌定制睡床、独立浴缸和淋浴间，部分房型可俯瞰蕉门河美景。入住后自由活动。您可放松休息，也可利用酒店的健身房、泳池等设施，或于酒店周边悠闲漫步，感受南沙夜色。
                 <w:br/>
-                20:00-22:30 【2026年粤港澳大湾区灯会】
+                20:00-22:30 【2026年粤港澳大湾区灯会】（门票自理）
                 <w:br/>
                 2026年大湾区灯会将于2月10日（农历小年）至5月10日在南沙天后宫及滨海公园举行，展期长达90天，是南沙区重点打造的文化工程。在传统彩灯基础上融入VR互动、数字光影等科技元素，呈现多重亮点，夜晚沉浸体验、游线全面优化、沉浸式故事场景。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜自助   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -653,53 +651,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐--沙湾古镇--午餐--返程
                 <w:br/>
                 08:30-09:30 享用酒店早餐
                 <w:br/>
-                10:30-12:30 游览【沙湾古镇】
-[...1 lines deleted...]
-                沙湾古镇始建于南宋，是一座拥有800多年历史的岭南文化古镇，是国家4A级旅游景区。古镇内文化底蕴深厚，核心景点包括“岭南古建筑综合艺术之宫”的何氏大宗祠（留耕堂）、沙湾广东音乐馆、何炳林院士纪念馆、文峰塔等，可系统了解岭南建筑、宗族文化和广东音乐发展史。美食是沙湾古镇的另一大亮点。以水牛奶为原料的姜撞奶、双皮奶是必尝招牌，口感嫩滑、奶香浓郁。街巷内的还有众多老字号，适合边逛边吃，体验地道岭南风味。
+                10:30-12:30 自由游览【沙湾古镇】
+                <w:br/>
+                沙湾古镇始建于南宋，是一座拥有800多年历史的岭南文化古镇，是国家4A级旅游景区。古镇内文化底蕴深厚，可在古镇内自由游览“岭南古建筑综合艺术之宫”的何氏大宗祠（留耕堂）、沙湾广东音乐馆、何炳林院士纪念馆、文峰塔等（门票自理），可系统了解岭南建筑、宗族文化和广东音乐发展史。美食是沙湾古镇的另一大亮点。以水牛奶为原料的姜撞奶、双皮奶是必尝招牌，口感嫩滑、奶香浓郁。街巷内的还有众多老字号，适合边逛边吃，体验地道岭南风味。
                 <w:br/>
                 12:30-14:00 享用午餐
                 <w:br/>
                 15:00 参观结束，乘车返回广州指定地点。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1057,51 +1055,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>