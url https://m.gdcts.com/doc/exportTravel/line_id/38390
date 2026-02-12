--- v0 (2026-01-18)
+++ v1 (2026-02-12)
@@ -649,59 +649,61 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【首尔】青瓦台（外观）-光化门广场-景福宫+首尔林-南山公园+N首尔塔（不登塔）-广藏市场
                 <w:br/>
                 早餐后
                 <w:br/>
                 前往【青瓦台外观】（游览时间约20min）青瓦台，曾是韩国的总统府。2022年韩国总统府迁往国防部大楼后，这里成了首尔必游的旅游景点。
                 <w:br/>
                 前往【光化门广场】（游览时间约30min）韩国历史上最伟大的门楼建筑之一。光化门的3个拱门中以中间的最为雄伟，天花板上画着朱雀，为历史上供王通行的宫门！
                 <w:br/>
-                前往【景福宫】注1（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。雪中的韩式宫殿，美的令人着迷。
+                前往【景福宫】注1（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。
                 <w:br/>
                 前往【首尔林】（游览时间约40分钟））站在樱花中央，春风一吹直接下起樱花雪，真的美！公园正中心的那几棵樱花树王是拍照的绝佳位置，自带柔光滤镜。
                 <w:br/>
                 前往【南山公园+N首尔塔（不登塔）】（游览时间约40min）N首尔塔也叫南山塔，位于海拔约240米的南山之巅，高200多米，是首尔的一大地标。在N首尔塔，数字化的观景台、屋顶露台、及各种餐厅等一应俱全，还可360度俯瞰首尔风光，不仅是韩国人约会的天堂，也是外国游客的旅游胜地；
                 <w:br/>
                 前往【广藏市场】（游览时间约90分钟）首尔传统市场，打卡当地人间烟火，品尝地道美食，有首尔百年美食江湖之称。
                 <w:br/>
                 后入住酒店。
+                <w:br/>
+                注1 如遇景福宫休馆，则安排德寿宫参观，敬请注意。
                 <w:br/>
                 景点：青瓦台（外观）-光化门广场-景福宫+首尔林-南山公园+N首尔塔（不登塔）-广藏市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：五香满足猪蹄     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2788,51 +2790,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>