--- v0 (2026-01-18)
+++ v1 (2026-03-03)
@@ -1174,51 +1174,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：机票：含往返机票【团队票：如因个人原因，导致去程航班未乘坐，回程机票全损，往返机票损失由客人自行承担】；
                 <w:br/>
-                2、住宿：三晚网评四钻酒店（未挂牌），一晚湖州喜来登度假酒店，一晚上海深坑洲际酒店；全程房差：补房差1400元/人，退房差700元/人；行程中披露的参考酒店如遇节假日满房、政府征用酒店等情况，可能临时新增其他行程公示外酒店，敬请见谅。
+                2、住宿：三晚网评四钻酒店（未挂牌），一晚南浔希尔顿太阳酒店，一晚上海深坑洲际酒店；全程房差：补房差1400元/人，退房差700元/人；行程中披露的参考酒店如遇节假日满房、政府征用酒店等情况，可能临时新增其他行程公示外酒店，敬请见谅。
                 <w:br/>
                 3、用餐：行程中含5早5正，酒店内含早餐，正餐40元/人，江南探春宴60元/人；十人一桌八菜一汤（若不足10人一桌，则相应减少菜量）；行程中所附菜单会根据季节、时令等因素有部分调整，我们按承诺标准确保餐饮卫生及餐食数量，但用餐条件与您的家乡有一定的差异，不一定满足游客口味需求，敬请见谅！
                 <w:br/>
                 4、用车：当地空调旅游车（5-55座 ，按团队实际人数提供）；
                 <w:br/>
                 5、门票：行程中景点首道门票以及备注所含的项目门票，不包含行程中未含的或其它个人消费；门票已按折扣成本价核算，老年、教师、军官等证件不再重复享受优惠！
                 <w:br/>
                 6、导游：专业地陪导游讲解服务；
                 <w:br/>
                 7、2-11周岁（身高不超1.2M）执行小孩收费，此收费提供机位、车位、餐位。不含住宿床位、景点门
                 <w:br/>
                 票（如超1.2米现补全程门票120元；景点检票处设有身高标示，供游客自行测量实际身高）；2周岁以下（不含2周岁）的含车位，婴儿机票，不含餐位、床位及景点等其他费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1776,51 +1776,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>