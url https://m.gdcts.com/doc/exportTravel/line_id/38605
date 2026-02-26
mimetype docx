--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【韩国花语】韩国首尔愉快时光双飞5天（1站购物）2-3月行程单</w:t>
+        <w:t xml:space="preserve">【韩国花语】韩国首尔愉快时光双飞5天（1站购物）3-4月行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">韩国首尔5天4晚(广州直飞|派领队全程陪同)五花特二酒店|伊利希安江村滑雪之旅|韩国故宫【景福宫】|半部史诗“青瓦台”|韩剧《来自星星的你》拍摄地【南山公园+爱情锁墙】远眺欣赏首尔的全景！</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">QYKR-HGHY-2-3M</w:t>
+              <w:t xml:space="preserve">QYKR-HGHY-3-4M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -408,55 +408,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【韩国花语】韩国·首尔愉快时光双飞5天4晚
-                <w:br/>
                 【优质服务】专业的中国籍领队、中文导游贴心服务，让您玩舒心、开心、放心；
                 <w:br/>
-                【甄选酒店】全程入住五花特二酒店，让您整个行程睡眠无忧；
+                【甄选酒店】全程入住仁川网评四钻酒店，让您整个行程睡眠无忧；
                 <w:br/>
                 【舌尖美味】参鸡汤、石锅拌饭、韩式脊骨汤；
                 <w:br/>
                 【优质航空】正点航班直飞首尔仁川，安全舒适，免去红眼之苦；
                 <w:br/>
                 【网红景点】赠送月尾岛游船，童话村，【景福宫】体验韩国文化！景点热榜推荐地【北村韩屋村】，感受融合现代与传统的美，体验不同魅力的传统文化！热门韩剧《来自星星的你》拍摄地---【南山公园+爱情锁墙】，远眺欣赏首尔市的美丽全景！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -505,164 +503,164 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第一天
                 <w:br/>
                 广州-首尔仁川
                 <w:br/>
                 参考航班： 南方航空 
                 <w:br/>
                 早餐：敬请自理   
                 <w:br/>
                 午餐：敬请自理   
                 <w:br/>
                 晚餐：敬请自理            
                 <w:br/>
-                住宿：五花特二酒店
-[...3 lines deleted...]
-                【月尾岛童话村/海鸥游船】（赠送海鸥船游船）海鸥船环绕月尾岛附近的海域，欣赏美丽的海景风 光。与海鸥互动，捕捉海鸥飞翔的瞬间和美丽的海景。游客可以将指定的食物抛向空中，海鸥会敏捷地接住，形成一种有趣的互动体验。靠近中华街正门的地方，有一个非常适合女生拍照的童话村。这里有很多可爱的拍照道具，仿佛置身于童话世界。（海鸥岛游船如遇停航，门票不退费）
+                住宿：仁川网评四钻酒店
+                <w:br/>
+                于指定时间集合，由领队带领办理相关出国手续。搭乘班机从广州白云国际机场直飞韩国仁川（约3小时），抵达后，由指引牌指引经过移民局后提取行李，通过海关，由旅游专用贵宾出口出机场，由我司专业导游接团致欢迎词；
+                <w:br/>
+                【月尾岛童话村/海鸥游船】（赠送海鸥船游船）海鸥船环绕月尾岛附近的海域，欣赏美丽的海景风 光。与海鸥互动，捕捉海鸥飞翔的瞬间和美丽的海景。游客可以将指定的食物抛向空中，海鸥会敏捷地接住，形成一种有趣的互动体验。靠近中华街正门的地方，有一个非常适合女生拍照的童话村。这里有很多可爱的拍照道具，仿佛置身于童话世界。（海鸥岛游船如遇停航，则取消游船，无费用退）
                 <w:br/>
                 温馨提示：请出发前仔细阅读我们为团友精心准备的韩国游注意事项；
                 <w:br/>
                 第二天
                 <w:br/>
                 景福宫（赠送韩服体验不含妆发）-青瓦台(外观)--南村韩屋村-广藏市场
                 <w:br/>
                 早餐：包含早餐 
                 <w:br/>
                 午餐：韩式脊骨汤   
                 <w:br/>
                 晚餐：敬请自理         
                 <w:br/>
-                住宿：五花特二酒店
+                住宿：仁川网评四钻酒店
                 <w:br/>
                 享用早餐，前往参观--
                 <w:br/>
                 【青瓦台】（停留约15分钟）（外观）青瓦台是韩国总统府，坐落在首尔市西北部，面向景福宫，背靠北狱山和仁旺山，是韩国政治中心。
                 <w:br/>
-                【景福宫】（停留约60分钟）1392 年在创建朝鲜王朝的太祖李成桂的命令下于 1395 年建成的第一个正宫。以举行国王即位大典和文武百官朝礼仪式的“勤政殿 ”和用作迎宾馆“庆会楼 ”等为主体的殿阁建筑群。
+                【景福宫】（停留约60分钟）（赠送韩服体验不含妆发）1392年在创建朝鲜王朝的太祖李成桂的命令下于 1395 年建成的第一个正宫。以举行国王即位大典和文武百官朝礼仪式的“勤政殿 ”和用作迎宾馆“庆会楼 ”等为主体的殿阁建筑群。
                 <w:br/>
                 【南山韩屋村】（停约40分钟）南山韩屋村位于首尔市中心,树木、小溪、亭子营造传统韩国的庭院,从四大贵族到一般平民家庭生活式样,以及使用的家具都尽收眼底。
                 <w:br/>
                 【广藏市场】(停留约90分钟）是韩国国内规模最大的市场，热闹的小吃摊，琳琅满目的杂货铺应有尽有。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 第三天
                 <w:br/>
                 南山公园、爱情锁墙、N首尔塔（不登塔）--军事博物馆--益善洞
                 <w:br/>
                 早餐：包含早餐    
                 <w:br/>
                 午餐：人参炖鸡    
                 <w:br/>
                 晚餐：敬请自理           
                 <w:br/>
-                住宿：五花特二酒店
+                住宿：仁川网评四钻酒店
                 <w:br/>
                 享用早餐，前往参观--
                 <w:br/>
-                【南山公园】（车程约30分钟，共停约100分钟）位于首尔市中心的南山上，春赏樱秋赏枫，公园内有八角亭和朝鲜时代的烽火台。南山是首尔代表性的赏樱胜地，沿首南山环路樱花盛开开成梦幻般的樱花隧道，可以（自费）坐缆车上去，也可以一路散心走上去，感受春天的美好。看一看首尔的的城市景色，非常治愈。
+                【南山公园】（停留约100分钟）位于首尔市中心的南山上，春赏樱秋赏枫，公园内有八角亭和朝鲜时代的烽火台。南山是首尔代表性的赏樱胜地，沿首南山环路樱花盛开开成梦幻般的樱花隧道，可以（自费）坐缆车上去，也可以一路散心走上去，感受春天的美好。看一看首尔的的城市景色，非常治愈。
                 <w:br/>
                 【爱情锁墙】韩剧“来自星星的你 ”千颂伊独自等待都教授的地方，也是韩国年轻情侣约会的天堂。
                 <w:br/>
                 【军事博物馆】（逢周一闭馆，所以会根据情况调整顺序）陆军博物馆旨在通过调查、整理、收集、保管、展示韩国各种军事遗物和遗迹，对包含尚武精神传统的国防文化遗产进行宣传、理解、研究和教育。
                 <w:br/>
                 【益善洞】《女神降临》《德鲁纳酒店》《黑骑士》《孤单又灿烂的神：鬼怪》在首尔高楼林立的城市森林中，像小岛一样存在的益善洞韩屋村显得独树一帜。“新复古主义”热潮致使年轻的艺术家及青年创业者们将这里选作落脚点，经营各种充满个性与特色的咖啡馆、餐厅、时尚小店、手工艺品制作坊等。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 第四天
                 <w:br/>
-                人参公卖局--紫菜博物馆--蚕室乐天&amp;amp;新罗免税店-星空图书馆-明洞步行街+乐天免税店
+                人参公卖局--紫菜博物馆--新罗免税店-新世界免税店-星空图书馆-明洞步行街
                 <w:br/>
                 早餐：包含早餐    
                 <w:br/>
                 午餐：石锅拌饭     
                 <w:br/>
                 晚餐：敬请自理          
                 <w:br/>
-                住宿：五花特二酒店
+                住宿：仁川网评四钻酒店
                 <w:br/>
                 享用早餐，前往参观—
                 <w:br/>
                 人参公卖局（约60分钟）
                 <w:br/>
-                【紫菜博物馆+韩服体验】（车程约30分钟，停留约60分钟）紫菜是在石头里生长的海苔，是韩国重要的水产食品。在紫菜博物馆可以见识韩国紫菜的全部制作流程，还可以试穿韩服，体验韩国传统文化。
-[...5 lines deleted...]
-                【明洞】+【乐天百货】（停约2小时）韩国最具代表性的商业街，汇集了各种品牌专卖店、百货店、免税店，被称为流行时尚的中心。在这里可以购买到各种引领时尚潮流的服装、鞋帽及饰品。
+                【紫菜博物馆】（停留约60分钟）紫菜是在石头里生长的海苔，是韩国重要的水产食品。在紫菜博物馆可以见识韩国紫菜的全部制作流程。
+                <w:br/>
+                【新罗客免税店】（停留约60分钟）【新世界免税店】（停约60分钟） 自由选购手信。
+                <w:br/>
+                【COEX 星空图书馆】（停留约40分钟）2017年5月刚开业便人气爆棚的图书馆，坐落在江南区的百货公司 COEX MALL 之中，短短时间内就吸引了大批民众朝圣，成为了拍照与休闲的热门地标。
+                <w:br/>
+                【明洞步行街】（停留约2小时）韩国最具代表性的商业街，汇集了各种品牌专卖店、百货店、免税店，被称为流行时尚的中心。在这里可以购买到各种引领时尚潮流的服装、鞋帽及饰品。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 第五天
                 <w:br/>
                 首尔仁川机场-广州
                 <w:br/>
                 参考航班： 南方航空 
                 <w:br/>
                 早餐：包含早餐   
                 <w:br/>
                 午餐：敬请自理    
                 <w:br/>
                 晚餐：敬请自理            
                 <w:br/>
                 住宿：温馨的家
                 <w:br/>
                 享用早餐后，前往仁川国际机场，乘搭国际航班飞返广州，抵达机场后散团。行程圆满结束！希望这次的旅行能让您收获满满，让您身心都能得到完全的释放。
                 <w:br/>
                 注:1.本行程仅作界定旅游线路、游览内容之用，具体安排（包括航班调整）以出发前发放的出团通知为准。行程中游览项目时间只供参考，如遇交通拥堵、团队中个别客人迟到、迷路等）、或景点即将停止营业等不可抗拒因素，浏览项目观光时间将会缩短或延长，行程中游览项目 顺序以当地导游、旅行社安排为准！
                 <w:br/>
-                购物：景点内均会有大大小小的特产店、工艺品店等等,对景区内设立的商店、路店，不属本行程指定安排的购物店范畴，敬请报名前知悉！
+                2. 购物：景点内均会有大大小小的特产店、工艺品店等等,对景区内设立的商店、路店，不属本行程指定安排的购物店范畴，敬请报名前知悉！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1616,51 +1614,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>