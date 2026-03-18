--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6092/1625-1940，飞行时间约2小时，时差1小时
+                参考航班：CZ6091/1320-1445，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6092/1550-1920，飞行时间约2小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -573,51 +573,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 — 万象 — 主席府 — 总理府
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往老挝政治文化中心—首都——【万象】（飞行时间约2.5小时）。万象也名“永珍”，在当地语里的含义是“檀木之堡”，紧紧傍依在湄公河左岸，隔着湄公河与泰国相望，是世界上极少数紧邻他国边境的首都之一。初入万象，估计与每个人想象中的现代化大都市相差甚远，让人简直不敢相信眼前就是老挝首都万象。这样一个袖珍之城，我们却能在很短的时间内领略到了这个国家独特的风情。抵达后“国花占巴花接机仪式”，接着参观【总理府（外观）】漂亮的白色建筑宣誓着在这个国家最高的地位。乘车经中央大道【老挝国家主席府（外观）】，老挝国际主席府位于万象湄公河畔，是一座古典装饰风格的巨型法式城堡，最早用于法国殖民时期的总督府。后接送至餐厅享用海鲜火锅+烤肉自助欢迎晚宴，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6091/1335-1505，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6091/1320-1445，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅+烤肉自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -972,51 +972,51 @@
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 老挝艺术博物馆 — 万象 — 广州
                 <w:br/>
                 酒店内享用早餐后，前往【老挝艺术博物馆】（游览时间约 90分钟），柚木重生，佛像现形。万象新建一座艺术博物馆， Phisith Sayathith 先生斥巨资打造，馆藏超过 2 万件佛像、木雕、画作与沉香艺术品，整个展馆一进去就金碧辉煌，像一座神秘的古老王朝的宫殿，里面的展品已经达到国家保护的文物级，参观的每一件作品都是视觉的盛宴，被誉为“东南亚震撼的木雕圣殿”。
                 <w:br/>
                 午餐后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6092/1625-1940，飞行时间约2小时，时差1小时
+                交通：参考航班：CZ6092/1550-1920，飞行时间约2小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：中式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1140,51 +1140,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、旅游意外保险；
                 <w:br/>
-                2、燃油附加税升幅及超重物品托运费；
+                2、航空公司燃油附加税临时升幅及超重物品托运费；
                 <w:br/>
                 3、始发地到广州机场来回程交通；
                 <w:br/>
                 4、自费项目以及景区内的小景点或交通车等额外费用；
                 <w:br/>
                 5、个人开支及人力不可抗力因素产生的额外费用；
                 <w:br/>
                 6、单房差￥1300元/人（如遇自然单间需补单间差或加床处理）；
                 <w:br/>
                 7、老挝落地签+快速通关等杂费+导游服务费￥700元/人（需与团费一起支付）；
                 <w:br/>
                 8、除自由活动外，不可离团。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1520,58 +1520,50 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1、12周岁以下小孩不占床不含早餐可减￥300元/人，若占床需加收￥600/人；
                 <w:br/>
                 2、12-18岁的未成年人必须占床，需加收￥600/人；
                 <w:br/>
                 3、持港澳台护照、外籍护照，需加收￥500元/人；
                 <w:br/>
                 4、不含老挝落地签+快速通关等杂费+导游服务费￥700元/人（需与团费一起支付）；
-                <w:br/>
-[...6 lines deleted...]
-                2）相片1张（2寸/大一寸，不分底色）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1612,51 +1604,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>