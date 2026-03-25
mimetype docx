--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -729,102 +729,104 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布拉迪斯拉发-约328KM-布拉格（捷克）
-[...1 lines deleted...]
-                酒店早餐后，乘车前往捷克首都-【布拉格】（游览时间约1.5小时），布拉格的建筑整体上给人的观感是建筑顶部造型多变，色彩极为绚丽夺目，号称欧洲最美丽的城市之一，也是全球第一个整座城市被指定为世界文化遗产的城市。
+                布拉迪斯拉发-约135KM布尔诺-约205KM-布拉格（捷克）
+                <w:br/>
+                酒店早餐后，乘车前往捷克第二大城市布尔诺（游览不少于45分钟），外观城市最高点【圣彼得与圣保罗大教堂】【老市政厅】。圣彼得与圣保罗大教堂是布尔诺最显著的地标，从城内任一角落都可看得一清二楚，两个高耸的尖塔是其新哥德式建筑的最佳标记。它的空间尺度的宽阔、装饰的丰富多彩都给人以深刻的印象。
+                <w:br/>
+                随后，乘车前往捷克首都-【布拉格】（游览时间约1.5小时），布拉格的建筑整体上给人的观感是建筑顶部造型多变，色彩极为绚丽夺目，号称欧洲最美丽的城市之一，也是全球第一个整座城市被指定为世界文化遗产的城市。
                 <w:br/>
                 【布拉格城堡区*】（含门票及讲解）建于9世纪，该城堡被联合国评定为世界文化遗产。在城堡山的观景台俯瞰笼罩在阳光下的布拉格，伏尔塔瓦河从城中穿过，高高低低的塔尖连成一片，整个城市金碧辉煌、格外美丽。
                 <w:br/>
                 【布拉格城堡Prague Castle】作为波西米亚王国的标志已有1000多年的历史，由普热米斯尔王朝的波希米亚公爵博里沃伊一世始建于880年。据吉尼斯世界纪录大全记载，布拉格城堡是世界上最大的古城
                 <w:br/>
                 堡建筑群，占地面积约70,000平米，有“世界上最大古城堡”之誉。
                 <w:br/>
                 【圣维特大教堂 St. Vitus Cathedral】
                 <w:br/>
                 圣维特大教堂曾是历代皇帝举行加冕典礼的地方，在欧洲建筑史上有「建筑之宝」的美誉，如今在教堂内还收藏有十四世纪神圣罗马帝国波希米亚国王查理四世的纯金皇冠、金球及令牌。
                 <w:br/>
                 【圣乔治教堂St. George‘s Basilica】布拉格城堡内最古老的教堂，920 年由圣弗拉季斯拉夫一世建造的原始建筑。教堂内部装饰为罗马式，朴实庄严。普热米斯尔王朝各代君主的陵墓位于教堂中殿内。其中包括圣瓦茨拉夫的父亲和弗拉季斯拉夫王子之墓。
                 <w:br/>
                 【老皇宫Old Royal Palace】最初住宅建筑，多为木质结构，在九世纪和十世纪时便在布拉格城堡内落成。索别斯拉夫王子在十二世纪时在全新防御工事墙附近建造了全新石质罗马式皇宫。直至今日其古迹还被完整保存于地下。
                 <w:br/>
                 【布拉格黄金巷 Golden Lane】
                 <w:br/>
                 黄金巷是布拉格城堡中有名的景点之一。它虽然名为“黄金”，但并非由黄金打造，而是古时打造金器的工匠们居住的地方；因聚集不少为国王炼金的术士，因而有此名称。
                 <w:br/>
                 【查理大桥 Charles Bridge】
                 <w:br/>
                 建于十四世纪，全长520公尺，桥的两旁耸立着30尊出自17-18世纪艺术大师之手的雕像，被欧洲人称为“欧洲的露天巴洛克塑像美术馆”。现今它已然成为了布拉格景点的代表，常有人说“走过这座桥才算来过布拉格”。
                 <w:br/>
                 【老城广场】被誉为“布拉格的灵魂”、“布拉格的心脏”。站在广场中央，你可以看到哥特式、巴洛克式、洛可可式和古罗马式的建筑相互辉映。
                 <w:br/>
                 【天文古钟】外观，观看有数百年历史的，市政大厅墙面上的中世纪天文钟，钟声响起时，会有耶稣的十二门徒雕像出现。
                 <w:br/>
                 （因城市有严格交通管制，所以游览均以步行观光为主）。
                 <w:br/>
                 游毕前往酒店入住休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Holiday Inn Prague Congress Centre  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -925,74 +927,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 捷克小镇-约200KM-哈尔施塔特-约280KM-维也纳（奥地利）
                 <w:br/>
                 酒店早餐后，乘车前往【哈尔施塔特】（停留时间不少于60分钟）。
                 <w:br/>
                 它是萨尔茨卡默古特地区的一个村庄，海拔高度511米，历史上这一地区就因盐而致富。1997年该村被列为世界文化遗产，来到这个远离尘嚣依山傍水的清幽小镇，仿佛降临人间的世外桃源。【哈尔施塔特湖】是萨尔茨卡默古特地区14 个湖泊中最富灵性的观光胜地。
                 <w:br/>
                 被称为世界最美的小镇之一的哈尔施塔特，这座在险峻的斜坡和宝石般碧绿的湖泊间伫立的湖畔小镇，到处可见童话般的房屋，漫步小镇，陶醉在如诗如画的湖光山色之中，让您留连忘返，上帝的偏爱、大自然的完美和人们的恬淡融合成世界上最纯美的画卷。
                 <w:br/>
-                温馨提示：哈尔施塔特附近没有中餐厅，请客人在小镇自行选择心仪的餐厅品尝美食
-[...1 lines deleted...]
-                游毕前往维也纳酒店入住休息。
+                游毕前往入住休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hotel Rainers21  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1003,82 +1003,86 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                维也纳（奥地利）
+                维也纳-约52KM-MG潘多夫奥特莱斯-约52KM维也纳（奥地利）
                 <w:br/>
                 酒店早餐后，乘车前往【维也纳】（市区观光约40分钟）
                 <w:br/>
                 奥地利的首都和最大的城市，全国9个联邦州之一，也是欧洲主要的文化中心，被誉为“世界音乐之都”。
                 <w:br/>
                 【约翰·施特劳斯城市公园】：公园内伫立着许多世界著名音乐家的雕像，尤以“圆舞曲之王”小约翰·施特劳斯拉小提琴造型的金色雕像最为闻名。【维也纳市政厅】（外观）：1873年完工的市政厅是典型的新哥特式建筑，其拱廊、凉廊、阳台、尖头窗、繁复的雕刻等无不体现了新哥特式的典型风格。【奥地利国会大厦】（外观）：奥地利的象征之一，也是维也纳市内重要的建筑之一，奥地利国民议会和奥地利联邦议会所在地。【玛利亚·特蕾莎皇后广场】：位于维也纳自然历史博物馆和艺术史博物馆之间的广场，因美丽而令人印 象深刻的玛丽亚·特蕾莎女皇雕像闻名于世。
                 <w:br/>
                 特别安排：【维也纳炸猪排】
                 <w:br/>
+                乘车前往【MG潘多夫名品奥特莱斯】（停留约180分钟），它是欧洲最著名、最成功的奥特莱斯购物中心之一拥有超过150家高端奢侈品牌及知名设计师品牌专卖店，如Prada、Gucci、Burberry、Moncler、Armani、Hugo Boss等，常年提供30%-70% 的折扣。 购物村设计成独特的北美小镇风格，环境舒适宜人，不仅是购物场所，也是休闲目的地。
+                <w:br/>
+                温馨提示：MG潘多夫奥特莱斯逢周日关门休息，如行程遇周日，此景点将取消，无门票退返，敬请谅解！
+                <w:br/>
                 游览结束后入住酒店休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：维也纳 猪排餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：维也纳 猪排餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hotel Rainers21  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1093,51 +1097,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 维也纳-约250KM-布达佩斯（匈牙利）
                 <w:br/>
                 酒店早餐后，乘车前往游览【美泉宫*】（含门票及专业中文讲解，游览时间约1小时）：被誉为“多瑙河的女神”，是欧洲第二大宫殿，仅次于法国凡尔赛宫，被视为欧洲非常漂亮的巴洛克式宫殿之一，曾是哈布斯堡王朝的行宫。宫内有1400个房间，但其中最惹人注目的是后来成为法国国王路易十六的皇后玛丽少女时代的画像，也是拍摄《茜茜公主》的重要景点。目前，因为该宫殿拥有的历史重要性、独特的地面和华丽的家具而成为联合国教科文组织的文化遗产的一部分。
                 <w:br/>
-                游毕乘车前往布达佩斯酒店入住。
+                游毕乘车前往酒店入住。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1210,51 +1214,51 @@
                 【渔人堡*】（含门票，入内参观约30分钟）。中世纪时，这里的渔民负责保卫此处，故而得名。这座白色的建筑群，融合了新哥特，新罗马及匈牙利当地的建筑特色，在这里可以鸟瞰布达佩斯全城风光，素有布达佩斯瞭望台之称，是匈牙利令人印象深刻的杰出建筑群。
                 <w:br/>
                 特别安排：【多瑙河游船*】（含船票，游览时间约60分钟）布达和佩斯两座城市正式由于多瑙河的链接，才有了今天的布达佩斯。游弋在多瑙河上，市政厅、国会大厦、链子桥、裴多菲桥等建筑美景一一出现，多瑙河是欧洲最长的河流，流经十几个国家。布达佩斯的多瑙河段位于城市中央地区，无论白天和夜晚，这里都是布达佩斯风光最为美丽的地方。
                 <w:br/>
                 游毕前往酒店入住休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Leonardo Hotel Budapest 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1463,63 +1467,65 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.国际往返机票、机场税，团队经济舱；
                 <w:br/>
                 2.全程欧洲标准四星级酒店，1/2标准双人房；
                 <w:br/>
-                3.行程所列餐食，酒店早餐，全程10个正餐，8个中式团餐六菜一汤+地窖餐厅猪肘餐+维也纳炸猪排（如遇退餐12欧元/人/餐）；如遇赶飞机/火车/游轮等无法安排酒店早餐，则改为打包早餐，如遇指定的餐厅关闭或无法安排中餐的城市或用餐时间在高速公路休息站无法安排用餐，将安排当地餐或退餐费，如在全团协议下同意更改为特色餐，不退正常团餐费用，所有餐食如自动放弃，款项恕不退还；
+                3.行程所列餐食，酒店早餐，全程14个正餐，12个中式团餐六菜一汤+地窖餐厅猪肘餐+维也纳炸猪排（如遇退餐12欧元/人/餐）；如遇赶飞机/火车/游轮等无法安排酒店早餐，则改为打包早餐，如遇指定的餐厅关闭或无法安排中餐的城市或用餐时间在高速公路休息站无法安排用餐，将安排当地餐或退餐费，如在全团协议下同意更改为特色餐，不退正常团餐费用，所有餐食如自动放弃，款项恕不退还；
                 <w:br/>
                 4.境外旅游巴士及专业外籍司机；
                 <w:br/>
                 5.全程专业中文领队兼导游服务；
                 <w:br/>
                 6.申根签证费（我司有权根据签证需要调整住宿地点）；
                 <w:br/>
-                7.基本景点大门票（只含：布拉格城堡区（含讲解）、美泉宫（含讲解）、渔人堡、多瑙河游船，其它为外观或免费；
+                7.基本景点大门票（只含：布拉格城堡区（含讲解）、美泉宫（含讲解）、渔人堡、多瑙河游船，MG维也纳潘多夫奥特莱斯）其它为外观或免费；
                 <w:br/>
                 8.欧洲旅游意外保险（本公司强烈要求旅客自行购买旅游意外保险，以更全面保障旅客利益）；
                 <w:br/>
-                司机导游服务费；
+                9.司机导游服务费； 
+                <w:br/>
+                4人wifi共享
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1545,243 +1551,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.全程酒店单人间附加费2800元/人（酒店单房差仅指普通单人间如要求安排大床房或标双，单房差另议）；
                 <w:br/>
                 2.因调整航空燃油价格而导致机票价格上升，需另外补交燃油升幅的差价；
                 <w:br/>
                 3.护照费及申请签证中准备相关材料所需的制作费、手续费，如未成年人公证、认证费等；
                 <w:br/>
                 4.前往领事馆打指模及面签和面销产生的各种费用，如交通费、住宿费等；
                 <w:br/>
                 5.出入境行李的海关税、搬运费、保管费和超重（件）行李托运费或运输期间行李的损坏费；
                 <w:br/>
                 6.旅途中飞机/火车/船只等交通工具的等候及转乘时的用餐；
                 <w:br/>
                 7.行程中的一切个人消费（例如酒店内的酒水、洗衣、上网、通讯等费用）及自由活动期间的餐费、交通费等；
                 <w:br/>
                 8.行程中未提到的其它费用：如特殊门票、游船（轮）、缆车、地铁票、公交票等费用；
                 <w:br/>
                 9.因交通延阻、罢工、天气、飞机机器故障、航班取消或更改及其它不可抗力原因导致的费用；
                 <w:br/>
                 10.因自身原因滞留、违约、自身过错、自由活动期间内或自身疾病引起的人身和财产损失；
                 <w:br/>
                 欧洲各地有当地官方导游讲解（例如 ：威尼斯、罗马、佛罗伦萨、罗浮宫、凡尔赛宫、马德里皇宫等），为了感谢他们的热忱服务，请另付上小费1欧元/人。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2170,51 +1983,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2358,79 +2171,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>