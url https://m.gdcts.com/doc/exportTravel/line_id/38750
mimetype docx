--- v0 (2026-02-04)
+++ v1 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【西欧 花季】 德国+荷兰深度四五星纯玩10天｜深圳国航直飞往返｜库肯霍夫花海公园｜春天郁金香列车｜梵高森林美术馆｜羊角村｜梵高国家公园+博物馆行程单</w:t>
+        <w:t xml:space="preserve">【西欧 花季】 德国+荷兰深度四五星纯玩10天｜深圳国航直飞往返｜库肯霍夫花海公园｜春天郁金香列车｜梵高森林公园｜羊角村行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -1421,51 +1421,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.国际往返机票、机场税，团队经济舱；
                 <w:br/>
                 2.全程欧洲标准四星级酒店，升级一晚国际五星酒店，1/2标准双人房；
                 <w:br/>
                 3.行程所列餐食，酒店早餐，全程10个正餐，中式团餐八菜一汤+德国猪肘啤酒餐+荷兰肋排餐+鹿特丹桅杆餐厅三道式午餐（如遇退餐16欧元/人/餐）；如遇赶飞机/火车/游轮等无法安排酒店早餐，则改为打包早餐，如遇指定的餐厅关闭或无法安排中餐的城市或用餐时间在高速公路休息站无法安排用餐，将安排当地餐或退餐费，如在全团协议下同意更改为特色餐，不退正常团餐费用，所有餐食如自动放弃，款项恕不退还；
                 <w:br/>
                 4.境外旅游巴士及专业外籍司机；
                 <w:br/>
                 5.全程专业中文领队兼导游服务；
                 <w:br/>
                 6.申根签证费（我司有权根据签证需要调整住宿地点）；
                 <w:br/>
-                7.基本景点大门票（只含莱茵河游船、阿姆斯特丹运河游船、羊角村游船、库肯霍夫郁金香公园、菲安登城堡、梵高国家森林公园、库勒穆勒美术馆、梅登布利克蒸汽火车、代尔夫特蓝瓷博物馆+DIY），其它为外观或免费；
+                7.基本景点大门票（只含莱茵河游船、阿姆斯特丹运河游船、羊角村游船、库肯霍夫郁金香公园、菲安登城堡、梵高国家森林公园、库勒穆勒博物馆、梅登布利克蒸汽火车、代尔夫特蓝瓷博物馆+DIY），其它为外观或免费；
                 <w:br/>
                 8.欧洲旅游意外保险（本公司强烈要求旅客自行购买旅游意外保险，以更全面保障旅客利益）；
                 <w:br/>
                 9.司机导游服务费；
                 <w:br/>
                 境外无线WIFI（2人/台），转换插头（1人/个）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2122,51 +2122,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>