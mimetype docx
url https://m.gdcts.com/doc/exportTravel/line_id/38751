--- v0 (2026-02-16)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南欧 走进北非】西班牙+葡萄牙+摩洛哥14天（深航深圳往返）|入内马德里皇宫|含全餐|升级两晚摩洛哥超豪华酒店|塞维利亚|格拉纳达|萨拉戈萨|四大特色餐|直布罗陀海峡|丹吉尔|舍夫沙万行程单</w:t>
+        <w:t xml:space="preserve">【南欧 走进北非】西班牙+葡萄牙+摩洛哥14天（深航深圳往返）|入内马德里皇宫|阿宫花园|含全餐|升级两晚摩洛哥超豪华酒店|塞维利亚|格拉纳达|萨拉戈萨|四大特色餐|直布罗陀海峡|丹吉尔|舍夫沙万行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202602052015HC</w:t>
+              <w:t xml:space="preserve">EU202603251205HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -393,50 +393,52 @@
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ※交通升级：优选航空深圳直飞巴塞罗那
                 <w:br/>
                 ※甄选住宿：全程豪华酒店，升级两晚摩洛哥超豪华国际连锁。 
                 <w:br/>
                 ※入内 【马德里皇宫】：如今仍为国王接待国宾的主要场所。皇宫富丽堂皇，宫内藏有无数的金银器皿和绘画、瓷器、壁毯及其他皇室用品。它是波旁代表性的文化遗迹，在欧洲各国皇宫中堪称数一数二
+                <w:br/>
+                ※入内【阿尔罕布拉宫花园】，走进西班牙最美的庭院
                 <w:br/>
                 ※ 【塞维利亚】：西班牙国粹弗拉明戈舞蹈的发源地，安达卢西亚首府。塞维利亚到处是故事，唐璜、卡门、哥伦布、堂吉诃德，跟着这些人物的脚步来看看这梦幻般的城市。 
                 <w:br/>
                 ※ 【格拉纳达】：石榴之城，阿拉伯风情的白色房屋鳞次栉比沿山而建。 
                 <w:br/>
                 ※ 【瓦伦西亚】：古老文明与现代科学的交织碰撞，“地中海明珠”。 
                 <w:br/>
                 ※ 【萨拉戈萨】： 西班牙第五大城市，距今已有两千多年的历史。 
                 <w:br/>
                 -特别安排品尝西葡地道美食：西班牙海鲜饭、火腿餐、葡萄牙鳕鱼餐、葡挞。
                 <w:br/>
                 ※ 乘船穿越直布罗陀海峡，感受海峡的壮美
                 <w:br/>
                 ※游览摩洛哥海滨小镇丹吉尔
                 <w:br/>
                 ※摩洛哥著名的蓝白小镇---舍夫沙万；
                 <w:br/>
                 ※厚重的历史，世界文化遗产-菲斯古城麦地那，仿佛回到了一千年前
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -1333,50 +1335,52 @@
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 阿尔赫西拉斯-(大巴约258公里)-格拉纳达
                 <w:br/>
                 ●【格拉纳达】（游览不少于1小时）,穆斯林摩尔人在伊比利亚半岛上建立的摩尔王国政治文化中心，是安达卢西亚的骄傲，也是西班牙的骄傲，更是伊斯兰教徒心中的圣地。
                 <w:br/>
                 ●【阿尔拜辛】（游览不少于30分钟）,西班牙安达卢西亚城市格拉纳达的一个区，保留了狭窄而蜿蜒的中世纪摩尔街道。1984年与著名的阿尔罕布拉宫一同列为世界遗产。阿尔拜辛位于面对阿尔罕布拉宫的小山上，不少旅客到阿尔拜辛，主要是从圣尼古拉教堂的角度，来观赏阿尔罕布拉宫。 阿尔拜辛区的亮点包括阿拉伯浴室、格拉纳达考古博物馆，和修建在摩尔人清真寺遗址上的救主教堂（San Salvador）。阿尔拜辛还包含一些原来摩尔人的房子，各种餐馆，其中几条街道经营北非小吃店。
                 <w:br/>
+                ●【阿尔罕布拉宫花园】入内（游览不少于45分钟）,花园是整个阿尔罕布拉宫不可忽视的一部分，与宏伟的建筑群共同成为一个整体。在这里我们还看到一处古朴的庭院花园，摩尔人把玫瑰、柑橘，以及其他野花野草塑造了阿尔罕布拉宫独特的自然环境，后花园是大自然的乐章，是花、草、水与建筑的共鸣。温馨提示：【阿尔罕布拉宫及花园】属世界文化遗产，实行限流参观政策。团队门票需申请预约，以实际获批的参观时间为准，可能与行程预排时间不符，敬请谅解！若预约未获批，届时【阿尔罕布拉宫花园】将无法入内参观，将退票13欧处理或改塞维利亚大王宫，敬请谅解。
+                <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1497,51 +1501,53 @@
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 瓦伦西亚-(大巴约348公里)-巴塞罗那
                 <w:br/>
                 ●【米拉之家】外观（游览不少于15分钟）,高迪私人住宅的“封笔之作”。波浪形的外观，是由白色的石材砌出的外墙，扭曲回绕的铁条和铁板构成的阳台栏杆还有宽大的窗户。
                 <w:br/>
                 ●【巴塞罗那旧港】（游览不少于30分钟）,旧港是巴塞罗那港的一部分，位于东北角。这里不承担货运港功能，而是辟为旅游区，港内大大小小停了无数的游船。
                 <w:br/>
-                ●【兰布拉大街】（游览不少于1小时）,（自由活动），兰布拉大道是余秋雨笔下的流浪者大街。可以说是西班牙极具活力的大街了云集了来自世界各地的行为艺术家和游客。大道还连接着加泰罗尼亚广场和地中海海湾，在地中海的无敌阳光下，沿着兰布拉大道漫步到海滩，一定会让你切身体会到巴塞罗那的多彩与欢乐！
+                ●【兰布拉大街】（游览不少于1小时）,（自由活动），兰布拉大道是余秋雨笔下的流浪者大街。可以说是西班牙极具活力的大街了云集了来自世界各地的行为艺术家和游客。大道还连接着加泰罗尼亚广场和地中海海湾，在地中海的无敌阳光下，沿着兰布拉大道漫步到海滩，一定会让你切身体会到巴塞罗那的多彩与欢乐！（自由活动不含餐）
+                <w:br/>
+                交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1771,51 +1777,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	住宿：全程欧洲豪华或同等级酒店，摩洛哥升级两晚国际连锁超豪华系列酒店：以两人一房为标准、酒店欧陆式早餐
                 <w:br/>
                 2.	用餐：行程注明所含的11个早餐 22个正餐（含4个特色餐：西班牙海鲜饭，品尝葡式蛋挞，火腿餐、葡萄牙鳕鱼餐 ），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3.	国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4.	用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
-                5.	门票：行程中所含的首道门票：马德里皇宫（含中文人工专业讲解），丹吉尔-塔里法往返船票，非洲之洞门票；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
+                5.	门票：行程中所含的首道门票：马德里皇宫（含中文人工专业讲解），阿尔罕布拉宫花园（含中文人工专业讲解），丹吉尔-塔里法往返船票，非洲之洞门票；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
                 <w:br/>
                 6.	保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险；
                 <w:br/>
                 7.行程所需ADS团队签证；
                 <w:br/>
                 8.全程司导服务费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2658,51 +2664,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>