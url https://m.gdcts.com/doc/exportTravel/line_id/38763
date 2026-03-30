--- v1 (2026-03-07)
+++ v2 (2026-03-30)
@@ -592,59 +592,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，九元含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：全天不含餐、旅游车及导游服务 ；
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，九元航班（AQ）含15kg免费托运行李额，最终航班以实际出票为准。如指定其他航班，价格请单询。
+                6、航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00（换季后参考：AQ1111/20:10-21:40、AQ1113/06:35-08:30），九元航班（AQ）含15kg免费托运行李额，最终航班以实际出票为准。如指定其他航班，价格请单询。
                 <w:br/>
                 7、预定须知：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 8、单人预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 9、外籍护照客人参团需加收200元/人；
                 <w:br/>
                 10、此款版本为5钻近海版，如需升级住宿（五钻海景版），价格可单询。
+                <w:br/>
+                升级五钻海景版酒店参考：凤凰岛度假酒店.全海景房/君澜三亚湾迎宾馆.豪海/三亚胜意海景酒店.180度海景房/天通富禾.超级海景房/大东海酒店.高海/银泰阳光度假酒店.豪海/金凤凰.雅致海景房/洛克铂金.豪海/京海假日.豪海/丽禾华美达广场.豪海或不低于以上标准网评五钻酒店（海景房不承诺看海角度）；
                 <w:br/>
                 11、如遇安排早机往返，抵达三亚后暂时无法入住酒店，可先寄存行李到酒店前台处，自由活动。
                 <w:br/>
                 交通：飞机+接机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -879,75 +881,91 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 早餐后，游览5A景区【南山文化旅游区】(时间不少于120分钟)，瞻仰108米的海上观音圣像；漫步椰林海岸海天佛国，感受海景园林之美；
                 <w:br/>
                 ◎  下午前往码头体验【LOFT飞桥游艇激情玩海】（时间不少于3小时，散拼船），炫酷的游艇体验，参与感爆棚的海上狂欢，带您体验海岛热带风情不一样的海上狂欢嘉年华。全程资深船长和水手为您保驾护航。
                 <w:br/>
-                1、LOFT飞桥游艇激情玩海之旅3小时；
-[...17 lines deleted...]
-                10、全程资深船长和水手为您提供贴心服务/贴心提供出海保险；
+                以下赠送项目为套餐打包包含，如放弃不体验/天气原因、船方取消赠送等不可抗因素导致无法体验，均无费用可退：
+                <w:br/>
+                1、赠：摩托艇体验（约1分钟）；
+                <w:br/>
+                2、赠：海钓鱼竿、鱼饵（含鱼饵、渔具）；
+                <w:br/>
+                3、船尾夹板可游泳（需穿戴救生衣，且听从工作人员安排）；
+                <w:br/>
+                4、免费提供"矿泉水"、欢迎饮料；
+                <w:br/>
+                5、当季时令水果果盘；
+                <w:br/>
+                6、互动体验掌舵等驾驶体验,让你当一次做船长的感觉；
+                <w:br/>
+                7、免费更衣冲淡（温馨提示：建议自带浴巾和干爽、洁净的衣服）；
+                <w:br/>
+                8、全程资深船长和水手为您提供贴心服务/贴心提供出海保险；
                 <w:br/>
                 温馨提示：
                 <w:br/>
-                1、摩托艇赠送项目，仅限5岁以上以及55岁以下成人体验，因个人原因未体验，费用不予退还；【套餐以外的水上项目自愿自费消费】
-[...1 lines deleted...]
-                2、以上游艇项目均为套餐打包包含，如放弃不体验/天气船方等不可抗因素导致取消无法体验，均无费用可退，请知悉。
+                ·摩托艇为赠送项目，仅限5岁以上以及55岁以下成人体验，因个人原因未体验，费用不予退还；
+                <w:br/>
+                ·以下自费项目可根据需求自行选择：
+                <w:br/>
+                1、探索海洋奥秘之一:880元/位（一对一探索员陪同30分钟、游泳半面镜、鱼食、激情皮卡丘体验两分钟左右、激情杰尼龟体验两分钟左右、泳衣泳裤毛巾、20张相片、视频3-5分钟）。
+                <w:br/>
+                2、探索海洋奥秘之二：580元/位（一对一探索员陪同20分钟至30分钟、游泳半面镜、鱼食、激情皮卡丘体验两分钟左右、激情杰尼龟体验两分钟左右、泳衣泳裤毛巾、10张相片、视频1-2分钟）。
+                <w:br/>
+                3、探索海洋奥秘之三：380元/位（一对一探索员陪同10分钟至15分钟、游泳半面镜、鱼食、泳衣泳裤毛巾、8—10张相片）。
+                <w:br/>
+                产品不含：
+                <w:br/>
+                为了让您更纯粹地享受海上时光，行程已包含清晰列明的核心体验。如需其他个性化娱乐项目，景区亦有精选推荐、根据自身需求选择与消费。相关自选项目服务与费用，敬请参考现场公告或咨询工作人员。
+                <w:br/>
+                出海须知：
+                <w:br/>
+                1、出海行驶约30分钟，静态停泊时间约120分钟，返程行驶约30分钟，全程约3小时，停泊区域为小青州区域，非全程行驶状态。
+                <w:br/>
+                2、精神病史、高血压、心脏病、糖尿病、孕妇、醉酒人员、药物影响人员、术后恢复期、危重病人等无法接待；60岁以上无法参加海上项目，70岁以上身体健康、行动自如、有成人陪同，签署免责后方可登船，敬请谅解。
+                <w:br/>
+                3、易晕船人群建议提前30分钟以上服用晕船药或使用晕船贴(晕船后可下水游泳减轻晕船症状)；如因晕船需提前返航需全船客人同意方可，否则只能自费摩托艇(300元/趟)返回。
                 <w:br/>
                 ◎ 晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 备注：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、航班参考：三亚-广州AQ1112/22:30-00:20+1，九元AQ航空仅含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 4、海南大部分景区均自设有购物商场（基本上为开放式商场），旅行社会存在途经，敬请谅解，消费遵循自愿原则。
                 <w:br/>
                 5、此线路存在与其他散拼产品拼团出发（0购亚特），行程区别在于：D4下午行程不同，其他行程用餐一致
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：南山、游艇出海
                 <w:br/>
                 自费项：景区内园中园项目，消费自愿原则，费用请当地自理；海上娱乐项目等（自愿选择，费用不含）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
@@ -1118,51 +1136,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 9、娱乐项目：导游会推荐晚间自费项目，自愿参加，如参加后回团后不办理退任何费用，不参加晚间自费的客人送回酒店。（自费表仅供参考，以导游实际推荐项目为准）；海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
                 <w:br/>
-                8、可选择补差价升级五钻近海版/五钻海景版，价格请单询。
+                8、可选择补差价升级五钻海景版，价格请单询。
+                <w:br/>
+                五钻海景版酒店参考：凤凰岛度假酒店.全海景房/君澜三亚湾迎宾馆.豪海/三亚胜意海景酒店.180度海景房/天通富禾.超级海景房/大东海酒店.高海/银泰阳光度假酒店.豪海/金凤凰.雅致海景房/洛克铂金.豪海/京海假日.豪海/丽禾华美达广场.豪海或不低于以上标准网评五钻酒店（海景房不承诺看海角度）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1731,51 +1751,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-30</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>