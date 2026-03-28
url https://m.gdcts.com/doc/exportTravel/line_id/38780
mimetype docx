--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -414,55 +414,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 品质保证：0自费0购物0景购0车购 100%真纯玩 ，专车接送机，不超6成人拼小团
                 <w:br/>
                 ★ 嗨玩三亚：LOFT飞桥游艇.激情玩海，酷炫海上时光（摩托艇体验/休闲海钓等）
                 <w:br/>
                 ★ 玩转经典：5A蜈支洲岛丨5A南山丨4A亚龙湾天堂森林公园
                 <w:br/>
                 ★ 亚特狂欢：三亚.亚特兰蒂斯水世界或失落的空间水族馆（2选1）
                 <w:br/>
-                ★ 甄选睡眠：2大住宿标准随心选
-[...3 lines deleted...]
-                   五钻海景版：3晚入住近海五钻酒店.海景房
+                ★ 甄选睡眠：3大住宿标准随心选
+                <w:br/>
+                四钻近海版：3晚入住三亚网评四钻近海酒店
+                <w:br/>
+                五钻万达版：3晚入住三亚海棠湾万达嘉华度假酒店.园景房
+                <w:br/>
+                五钻海景版：3晚入住三亚海棠湾万达嘉华度假酒店.豪华海景房
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -596,63 +598,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前180分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，含15kg免费托运行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:00-08:40（或06:50-08:40），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                6、航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:00-08:40（或06:50-08:40）；3月底换季后航班参考：广州-三亚AQ1111/20:10-21:40、AQ1113/06:35-08:30、CZ6744/18:30-20:25【周四】；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 【如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。】
                 <w:br/>
                 7、出于安全考虑需2人起订；如单人单独出行，报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 8、外籍护照参团需加收200元/人
                 <w:br/>
-                9、如需升级五钻海景版，价格可单询。
-[...1 lines deleted...]
-                五钻海景版酒店参考：三亚四季海庭.游艇海景房/半山半岛帆船港.豪华海景房/明申高尔夫.豪华海景房/海湾维景酒店.游艇海景房/丽禾华美达广场酒店.豪华海景房/天通.豪华海景房/三亚胜意海景度假酒店.海景房/或不低于以上标准网评5钻酒店海景房，不得指定酒店，最终酒店以实际安排到为准。
+                9、此线路有三款住宿版本选择，请根据需求进行选择，不同住宿版本对应价格不同。
+                <w:br/>
+                四钻近海版：三亚君锦滨海/大东海君亭/玛瑞纳/夏威夷/宝宏/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店/马兰花假日酒店或不低于以上标准网评4钻酒店
+                <w:br/>
+                五钻万达版：三亚海棠湾万达嘉华度假酒店·园景房
+                <w:br/>
+                五钻海景版：三亚海棠湾万达嘉华度假酒店·豪华海景房（不承诺看海角度），凤凰岛度假酒店.全海景房/天通富禾.超级海景房/三亚胜意海景酒店.180度海景房/三亚湾迎宾馆.豪海/大东海酒店.高海/银泰阳光度假酒店.豪海/金凤凰.雅致海景房/洛克铂金.豪海/京海假日.豪海/丽禾华美达广场.豪海
                 <w:br/>
                 交通：飞机+接机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -782,83 +788,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
                 ◎  乘车前往【亚龙湾热带天堂森林公园】（含景区门票及观光车，不少于2小时），此处为冯小刚电影《非诚勿扰》、热播剧《亲爱的热爱的》的外景拍摄地，是离城市最近的天然氧吧，景区依山而建，被绿色植物完全包围，雾气袅袅，心旷神怡，被誉为“人间天堂”；
                 <w:br/>
                 ◎  午餐自理
                 <w:br/>
                 ◎  下午体验【LOFT飞桥游艇激情玩海】（时间不少于3小时），炫酷的游艇体验，参与感爆棚的海上狂欢，带您体验海岛热带风情不一样的海上狂欢嘉年华。全程资深船长和水手为您保驾护航。
                 <w:br/>
-                1、赠：摩托艇体验（约2分钟）；
+                以下赠送项目为套餐打包包含，如放弃不体验/天气原因、船方取消赠送等不可抗因素导致无法体验，均无费用可退：
+                <w:br/>
+                1、赠：摩托艇体验（约1分钟）；
                 <w:br/>
                 2、赠：海钓鱼竿、鱼饵（含鱼饵、渔具）；
                 <w:br/>
                 3、船尾夹板可游泳（需穿戴救生衣）；
                 <w:br/>
                 4、免费提供"矿泉水"、欢迎饮料；
                 <w:br/>
                 5、当季时令水果果盘；
                 <w:br/>
-                6、水上玩具:魔毯体验(可调)；
-[...5 lines deleted...]
-                9、全程资深船长和水手为您提供贴心服务/贴心提供出海保险；
+                6、互动体验掌舵等驾驶体验,让你当一次做船长的感觉；
+                <w:br/>
+                7、免费更衣冲淡（温馨提示：建议自带浴巾和干爽、洁净的衣服）；
+                <w:br/>
+                8、全程资深船长和水手为您提供贴心服务/贴心提供出海保险；
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 ·摩托艇为赠送项目，仅限5岁以上以及55岁以下成人体验，因个人原因未体验，费用不予退还；
                 <w:br/>
-                ·以上项目为游艇打包包含，如放弃不体验/天气等不可抗因素导致无法体验，均无费用可退，请知悉。
-[...1 lines deleted...]
-                ·以下海上自费项目可根据需求自行选择，消费自愿原则：
+                ·以下自费项目可根据需求自行选择：
                 <w:br/>
                 1、探索海洋奥秘之一:880元/位（一对一探索员陪同30分钟、游泳半面镜、鱼食、激情皮卡丘体验两分钟左右、激情杰尼龟体验两分钟左右、泳衣泳裤毛巾、20张相片、视频3-5分钟）。
                 <w:br/>
                 2、探索海洋奥秘之二：580元/位（一对一探索员陪同20分钟至30分钟、游泳半面镜、鱼食、激情皮卡丘体验两分钟左右、激情杰尼龟体验两分钟左右、泳衣泳裤毛巾、10张相片、视频1-2分钟）。
                 <w:br/>
                 3、探索海洋奥秘之三：380元/位（一对一探索员陪同10分钟至15分钟、游泳半面镜、鱼食、泳衣泳裤毛巾、8—10张相片）。
                 <w:br/>
-                ◎  行程结束后返回酒店。
+                产品不含：
+                <w:br/>
+                为了让您更纯粹地享受海上时光，行程已包含清晰列明的核心体验。如需其他个性化娱乐项目，景区亦有精选推荐、根据自身需求选择与消费。相关自选项目服务与费用，敬请参考现场公告或咨询工作人员。
+                <w:br/>
+                出海须知：
+                <w:br/>
+                1、出海行驶约30分钟，静态停泊时间约120分钟，返程行驶约30分钟，全程约3小时，停泊区域为小青州区域，非全程行驶状态。
+                <w:br/>
+                2、精神病史、高血压、心脏病、糖尿病、孕妇、醉酒人员、药物影响人员、术后恢复期、危重病人等无法接待；60岁以上无法参加海上项目，70岁以上身体健康、行动自如、有成人陪同，签署免责后方可登船，敬请谅解。
+                <w:br/>
+                3、易晕船人群建议提前30分钟以上服用晕船药或使用晕船贴(晕船后可下水游泳减轻晕船症状)；如因晕船需提前返航需全船客人同意方可，否则只能自费摩托艇(300元/趟)返回。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：亚龙湾天堂森林公园、游艇出海
                 <w:br/>
                 自费项：亚龙湾天堂森林公园景区内园中园项目、游艇出海海上娱乐项目均不含，消费自愿原则，费用请当地自理；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：X     晚餐：X   </w:t>
@@ -915,51 +929,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
                 ◎  乘车前往国家5A景区【南山文化旅游区】(时间不少于120分钟)，瞻仰全球最高海上塑像----108米的海上观音圣像；漫步椰林海岸海天佛国，感受海景园林之美；；
                 <w:br/>
                 ◎  下午前往【三亚亚特兰蒂斯水世界】或【失落的空间水族馆】（2选1，报名时请选择游玩景区）
                 <w:br/>
                 【亚特兰蒂斯水世界】（游览时间不少于4小时），按照国际领先标准建造，拥有目前世界最先进的设备，起滑道总长达到2510米；园区占地面积超过20万平方米，最多可同时容纳13500名客人；多种惊险刺激的水上娱乐项目：鲨鱼穿越、怒海过山车、海神之跃、放手一搏、旋风大喇叭、造浪池等你嗨玩；专属于家庭亲子的儿童戏水区“嬉水童趣”水上乐园。
                 <w:br/>
                 【三亚亚特兰蒂斯.失落的空间水族馆】（游览时间不少于2小时），与86000多只海洋生活近距离接触；这里有超过280种海洋生物；16.5米长的观景通道，厚达65米，是中国最大的观景板之一；大使环礁湖内有超过13500吨海水；专为白鲸建造的冷水恒温展示池。
                 <w:br/>
                 温馨提示：亚特兰蒂斯水世界门票不含浴巾、拖鞋、储物柜费用，热水淋浴免费；（参考价格租柜：小柜30元、大柜50元；租浴巾30元）；
                 <w:br/>
                 ◎  晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、换季后航班参考：三亚广州AQ1112/22:30-00:20+1；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                2、航班参考：三亚广州AQ1112/22:30-00:20+1（换季后航班参考：三亚-广州AQ1112/22:40-00:15+1；三亚-广州CZ6735/20:50-22:25【周四】）；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 4、海南大部分景区内自设有购物商场，此非我司单独安排的购物店，消费均遵循自愿原则，请知悉。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：南山、亚特兰蒂斯水世界或水族馆2选1
                 <w:br/>
                 自费项：南山电瓶车不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1121,51 +1135,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 9、娱乐项目：海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
                 <w:br/>
-                10、如需升级五钻海景版住宿，差价/房态可单询。
+                10、此线路有三款住宿版本选择，请根据需求进行选择，不同住宿版本对应价格不同。
+                <w:br/>
+                四钻近海版：三亚君锦滨海/大东海君亭/玛瑞纳/夏威夷/宝宏/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店/马兰花假日酒店或不低于以上标准网评4钻酒店
+                <w:br/>
+                五钻万达版：三亚海棠湾万达嘉华度假酒店·园景房
+                <w:br/>
+                五钻海景版：三亚海棠湾万达嘉华度假酒店·豪华海景房（不承诺看海角度），凤凰岛度假酒店.全海景房/天通富禾.超级海景房/三亚胜意海景酒店.180度海景房/三亚湾迎宾馆.豪海/大东海酒店.高海/银泰阳光度假酒店.豪海/金凤凰.雅致海景房/洛克铂金.豪海/京海假日.豪海/丽禾华美达广场.豪海
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1442,51 +1462,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>