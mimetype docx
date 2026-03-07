--- v0 (2026-02-12)
+++ v1 (2026-03-07)
@@ -359,51 +359,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-西安MU6955/06:50、HU6207/07:25、HU7838/12:30、MU2312/12:35
                 <w:br/>
-                西安-广州MU2311/19:30、MU6956/22:30、ZH9224/22:00、CZ3204/21:00、最终航班以实际出票为准
+                西安-广州MU2311/19:30、HU7827/21:30、MU6956/22:30、ZH9224/22:00、CZ3204/21:00、最终航班以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -588,50 +588,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-西安（飞行时间约2小时40分钟）
+                <w:br/>
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘飞机赴古都西安，精心安排接机人员在机场提前等候我们尊贵的VIP游客，落地不等待，即接即走。
+                <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.请至少提前2小时抵达出发机场，自行办理登机手续；请一定留意起飞机场时间；
                 <w:br/>
                 2.抵达西安后工作人员会在机场迎接，请每位游客保证手机畅通
                 <w:br/>
                 3.今日无统一行程安排，建议您在预订时选择早班出发的航班，抵达后可在西安市区内自由活动，次日行程导游会在今晚21:00之前联系您，请注意电话保持畅通，如未收到电话或短信，请联系报名旅行社；
                 <w:br/>
                 自由活动指南：
                 <w:br/>
                 你还可以前往“柏树林”里的《青曲社》欣赏地方戏、陕派相声、脱口秀等节目！或者结伴同行的亲友相约于“南大街粉巷”里的《德福巷“咖啡茶馆”一条街》，这里“安静、热闹、中式、西式”各类型茶馆一应俱全，选择一家您喜欢的坐下吧，感受下古都丰富的夜生活。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、如早机抵达客人自由活动，今日全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、航班参考：广州-西安MU6955/06:50-09:55、CZ3201/07:15、HU6207/07:55-10:25、H9221/09:50、HU7838/12:30-15:10、MU2312/12:35-14:55，不得指定航班，最终航班以实际出票为准。
@@ -1474,51 +1477,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>